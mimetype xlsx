--- v0 (2025-10-31)
+++ v1 (2026-01-18)
@@ -2,93 +2,90 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId4" Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="20377"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="11102"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5FAA3E4C-FCDE-4ED4-BF84-D0C4F6E03AFA}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="46" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{29DFB714-4301-FC47-AD1A-E758874CE1F7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="21570" windowHeight="8025" xr2:uid="{6C9FFA24-AA82-48C0-8BEA-D88CCA459E55}"/>
+    <workbookView xWindow="0" yWindow="760" windowWidth="34560" windowHeight="21580" xr2:uid="{6C9FFA24-AA82-48C0-8BEA-D88CCA459E55}"/>
   </bookViews>
   <sheets>
     <sheet name="Goedgekeurde omvormers Type A" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Goedgekeurde omvormers Type A'!$A$6:$B$6</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Goedgekeurde omvormers Type A'!$A$5:$B$5</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3619" uniqueCount="1944">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3830" uniqueCount="2056">
   <si>
     <t>Merk</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Lijst van omvormers RfG type A waarvan voor Nederland is aangetoond dat wordt voldaan aan de vereisten uit de RfG</t>
   </si>
   <si>
-    <t>(Gebaseerd op Synergrid C10/26 lijst)</t>
-[...1 lines deleted...]
-  <si>
     <t>Versie 19 juli 2021</t>
   </si>
   <si>
     <t>Deze lijst is niet per definitie uitputtend en wordt regelmatig geactualiseerd. Komt uw omvormer niet op de gepubliceerde conformiteitslijst voor of twijfelt u of de omvormer voldoet aan Europese wetgeving (netcode RfG), neem dan contact op met de leverancier van de omvormer. Indien de leverancier eveneens bevestigt dat de omvormer niet voorkomt op de conformiteitslijst, kan laatstgenoemde contact opnemen met Netbeheer Nederland; de leverancier stuurt een e-mail naar rfg@netbeheernederland.nl.</t>
   </si>
   <si>
-    <t>Versie 17 oktober 2025</t>
+    <t>Versie 17 december 2025</t>
   </si>
   <si>
     <t>AEG</t>
   </si>
   <si>
     <t>AS-BSL1-12000</t>
   </si>
   <si>
     <t>AS-BSL1-4000</t>
   </si>
   <si>
     <t>AS-BSL1-8000</t>
   </si>
   <si>
     <t>AS-ICH02-10000-2/HV</t>
   </si>
   <si>
     <t>AS-ICH02-5000-2/HV</t>
   </si>
   <si>
     <t>AS-ICH02-6500-2/HV</t>
   </si>
   <si>
     <t>AS-ICH02-8000-2/HV</t>
   </si>
@@ -1346,50 +1343,53 @@
   <si>
     <t>Monet-62.5AC</t>
   </si>
   <si>
     <t>Emaldo</t>
   </si>
   <si>
     <t>EM-INV-02</t>
   </si>
   <si>
     <t>EM-INV-03</t>
   </si>
   <si>
     <t>Enphase</t>
   </si>
   <si>
     <t>ENCHARGE-10T-1P-INT</t>
   </si>
   <si>
     <t>ENCHARGE-3T-1P-INT</t>
   </si>
   <si>
     <t>IQ7-B1200</t>
   </si>
   <si>
+    <t>IQ9N-A-INT</t>
+  </si>
+  <si>
     <t>IQBATTERY-5P-1P-INT</t>
   </si>
   <si>
     <t>IQBATTERY-5P-3P-INT and IQ Combiner 2 EU 3P (X-IQ-EURO-230-3P-4-2) or Q-RELAY-1P-INT or Q-RELAY-3P-INT</t>
   </si>
   <si>
     <t>IQBATTERY-5P-3P-INT and IQ System Controller 3 INT (SC100G-M230ROW)</t>
   </si>
   <si>
     <t>Enphase Energy</t>
   </si>
   <si>
     <t>IQ Battery-5P-1P-INT, Q-Relay-1P-INT or Q-Relay-3P-INT</t>
   </si>
   <si>
     <t>Eorta</t>
   </si>
   <si>
     <t>AVALAN CORE</t>
   </si>
   <si>
     <t>FIMER (ABB)</t>
   </si>
   <si>
     <t>REACT2-UNO-3.6-TL</t>
@@ -2018,50 +2018,89 @@
   <si>
     <t>SPH 5000TL3 BH-UP</t>
   </si>
   <si>
     <t>SPH 6000TL BH-UP</t>
   </si>
   <si>
     <t>SPH 6000TL3 BH</t>
   </si>
   <si>
     <t>SPH 6000TL3 BH-UP</t>
   </si>
   <si>
     <t>SPH 7000TL3 BH</t>
   </si>
   <si>
     <t>SPH 7000TL3 BH-UP</t>
   </si>
   <si>
     <t>SPH 8000TL3 BH</t>
   </si>
   <si>
     <t>SPH 8000TL3 BH-UP</t>
   </si>
   <si>
+    <t>HICONICS</t>
+  </si>
+  <si>
+    <t>MH-HYIV10.0-THE</t>
+  </si>
+  <si>
+    <t>MH-HYIV10.0-THE-BE</t>
+  </si>
+  <si>
+    <t>MH-HYIV12.0-THE</t>
+  </si>
+  <si>
+    <t>MH-HYIV15.0-TH-S4</t>
+  </si>
+  <si>
+    <t>MH-HYIV15.0-THE</t>
+  </si>
+  <si>
+    <t>MH-HYIV20.0-TH</t>
+  </si>
+  <si>
+    <t>MH-HYIV25.0-TH</t>
+  </si>
+  <si>
+    <t>MH-HYIV29.9-TH</t>
+  </si>
+  <si>
+    <t>MH-HYIV30.0-TH</t>
+  </si>
+  <si>
+    <t>MH-HYIV5.0-THE</t>
+  </si>
+  <si>
+    <t>MH-HYIV6.0-THE</t>
+  </si>
+  <si>
+    <t>MH-HYIV8.0-THE</t>
+  </si>
+  <si>
     <t>HITE</t>
   </si>
   <si>
     <t>TypeA</t>
   </si>
   <si>
     <t>HUAWEI</t>
   </si>
   <si>
     <t>SUN2000 2KTL-L1</t>
   </si>
   <si>
     <t>SUN2000 3KTL-L1</t>
   </si>
   <si>
     <t>SUN2000 4,6KTL</t>
   </si>
   <si>
     <t>SUN2000 5KTL-L1</t>
   </si>
   <si>
     <t>SUN2000 L 3KTL</t>
   </si>
   <si>
     <t>SUN2000-3,68KTL-L1</t>
@@ -2162,50 +2201,128 @@
   <si>
     <t>Q.VOLT HYB-G3 6.0kW 1P-D</t>
   </si>
   <si>
     <t>Q.VOLT HYB-G3 6.0kW 3P</t>
   </si>
   <si>
     <t>Q.VOLT HYB-G3 6.0kW 3P-D</t>
   </si>
   <si>
     <t>Q.VOLT HYB-G3 7.5kW 1P</t>
   </si>
   <si>
     <t>Q.VOLT HYB-G3 7.5kW 1P-D</t>
   </si>
   <si>
     <t>Q.VOLT HYB-G3 8.0kW 3P</t>
   </si>
   <si>
     <t>Q.VOLT HYB-G3 8.0kW 3P-D</t>
   </si>
   <si>
     <t>Q.VOLT HYBG3 12.0kW 3P-D</t>
   </si>
   <si>
+    <t>Hinen</t>
+  </si>
+  <si>
+    <t>A10000T</t>
+  </si>
+  <si>
+    <t>A10000T-E</t>
+  </si>
+  <si>
+    <t>A15000T</t>
+  </si>
+  <si>
+    <t>A15000T-E</t>
+  </si>
+  <si>
+    <t>A20000T</t>
+  </si>
+  <si>
+    <t>A20000T-E</t>
+  </si>
+  <si>
+    <t>A25000T</t>
+  </si>
+  <si>
+    <t>A25000T-E</t>
+  </si>
+  <si>
+    <t>A3600S</t>
+  </si>
+  <si>
+    <t>A3600S-E</t>
+  </si>
+  <si>
+    <t>A4600S</t>
+  </si>
+  <si>
+    <t>A4600S-E</t>
+  </si>
+  <si>
+    <t>A5000S</t>
+  </si>
+  <si>
+    <t>A5000S-E</t>
+  </si>
+  <si>
+    <t>H10000H-EU</t>
+  </si>
+  <si>
+    <t>H12000H-EU</t>
+  </si>
+  <si>
+    <t>H3000-EU</t>
+  </si>
+  <si>
+    <t>H3600-EU</t>
+  </si>
+  <si>
+    <t>H4000-EU</t>
+  </si>
+  <si>
+    <t>H4600-EU</t>
+  </si>
+  <si>
+    <t>H5000-EU</t>
+  </si>
+  <si>
+    <t>H5000H-EU</t>
+  </si>
+  <si>
+    <t>H6000-EU</t>
+  </si>
+  <si>
+    <t>H6000H-EU</t>
+  </si>
+  <si>
+    <t>H8000H-EU</t>
+  </si>
+  <si>
     <t>Hoymiles</t>
   </si>
   <si>
     <t>HAS-3.0LV-EUG1</t>
   </si>
   <si>
     <t>HAS-3.6LV-EUG1</t>
   </si>
   <si>
     <t>HAS-4.6LV-EUG1</t>
   </si>
   <si>
     <t>HAS-5.0LV-EUG1</t>
   </si>
   <si>
     <t>HAT-10.0HV-EUG1</t>
   </si>
   <si>
     <t>HAT-5.0HV-EUG1</t>
   </si>
   <si>
     <t>HAT-6.0HV-EUG1</t>
   </si>
   <si>
     <t>HAT-8.0HV-EUG1</t>
@@ -3030,50 +3147,125 @@
     <t>R8KH3-P</t>
   </si>
   <si>
     <t>Maschinenfabrik Reinhausen GmbH</t>
   </si>
   <si>
     <t>GRIDCON® PCS 120 4W-400V/1x42kVA-PQ4</t>
   </si>
   <si>
     <t>GRIDCON® PCS 120 4W-400V/2x42kVA-PQ4</t>
   </si>
   <si>
     <t>GRIDCON® PCS 120 4W-400V/3x42kVA-PQ4</t>
   </si>
   <si>
     <t>GRIDCON® PCS 400 3W-400V/1x87kVA-PQ4</t>
   </si>
   <si>
     <t>GRIDCON® PCS 400 3W-400V/2x87kVA-PQ4</t>
   </si>
   <si>
     <t>GRIDCON® PCS 400 3W-400V/3x87kVA-PQ4</t>
   </si>
   <si>
     <t>GRIDCON® PCS 400 3W-400V/4x87kVA-PQ4</t>
+  </si>
+  <si>
+    <t>Midea</t>
+  </si>
+  <si>
+    <t>M1-S3.68K</t>
+  </si>
+  <si>
+    <t>M1-S3K</t>
+  </si>
+  <si>
+    <t>M1-S4.6K</t>
+  </si>
+  <si>
+    <t>M1-S4K</t>
+  </si>
+  <si>
+    <t>M1-S5K</t>
+  </si>
+  <si>
+    <t>M1-S6K</t>
+  </si>
+  <si>
+    <t>M1-T10K</t>
+  </si>
+  <si>
+    <t>M1-T5K</t>
+  </si>
+  <si>
+    <t>M1-T6K</t>
+  </si>
+  <si>
+    <t>M1-T8K</t>
+  </si>
+  <si>
+    <t>MEI2-HT10H-AIO</t>
+  </si>
+  <si>
+    <t>MEI2-HT10H-AIO2</t>
+  </si>
+  <si>
+    <t>MEI2-HT12H-AIO</t>
+  </si>
+  <si>
+    <t>MEI2-HT15H</t>
+  </si>
+  <si>
+    <t>MEI2-HT15H-AIO</t>
+  </si>
+  <si>
+    <t>MEI2-HT20H</t>
+  </si>
+  <si>
+    <t>MEI2-HT25H</t>
+  </si>
+  <si>
+    <t>MEI2-HT29.9H</t>
+  </si>
+  <si>
+    <t>MEI2-HT30H</t>
+  </si>
+  <si>
+    <t>MEI2-HT5H-AIO</t>
+  </si>
+  <si>
+    <t>MEI2-HT6H-AIO</t>
+  </si>
+  <si>
+    <t>MEI2-HT8H-AIO</t>
+  </si>
+  <si>
+    <t>MyGrid</t>
+  </si>
+  <si>
+    <t>Plug&amp;Play</t>
   </si>
   <si>
     <t>NEOVOLT</t>
   </si>
   <si>
     <t>BW-INV-SPB5K</t>
   </si>
   <si>
     <t>BW-INV-SPH3.6K</t>
   </si>
   <si>
     <t>BW-INV-SPH5K</t>
   </si>
   <si>
     <t>BW-INV-TPH10K</t>
   </si>
   <si>
     <t>BW-INV-TPH4K</t>
   </si>
   <si>
     <t>BW-INV-TPH5K</t>
   </si>
   <si>
     <t>BW-INV-TPH6K</t>
   </si>
@@ -3856,50 +4048,53 @@
   <si>
     <t>SOFAR PowerAll ESI 4.6K-S1</t>
   </si>
   <si>
     <t>SOFAR PowerAll ESI 4K-S1</t>
   </si>
   <si>
     <t>SOFAR PowerAll ESI 5K-S1</t>
   </si>
   <si>
     <t>SOFAR PowerAll ESI 5K-S1-A</t>
   </si>
   <si>
     <t>SOFAR PowerAll ESI 6K-S1</t>
   </si>
   <si>
     <t>SOLAX POWER</t>
   </si>
   <si>
     <t>AELIO-P50B100</t>
   </si>
   <si>
     <t>TRENE-P100B215-I</t>
   </si>
   <si>
+    <t>TRENE-P65B261L-E</t>
+  </si>
+  <si>
     <t>X3-TRENE- 100K</t>
   </si>
   <si>
     <t>X3-TRENE- 124.9K</t>
   </si>
   <si>
     <t>X3-TRENE- 125K</t>
   </si>
   <si>
     <t>X3-TRENE- 79.9K</t>
   </si>
   <si>
     <t>X3-TRENE- 99.9K</t>
   </si>
   <si>
     <t>SONNENKRAFT</t>
   </si>
   <si>
     <t>SK-HWR-10</t>
   </si>
   <si>
     <t>SK-HWR-12</t>
   </si>
   <si>
     <t>SK-HWR-6</t>
@@ -4651,50 +4846,74 @@
   <si>
     <t>HD Wave SE2000H</t>
   </si>
   <si>
     <t>HD Wave SE2200H</t>
   </si>
   <si>
     <t>HD Wave SE3000H</t>
   </si>
   <si>
     <t>HD Wave SE3500H</t>
   </si>
   <si>
     <t>HD Wave SE3680H</t>
   </si>
   <si>
     <t>HD Wave SE4000H</t>
   </si>
   <si>
     <t>HD Wave SE5000H</t>
   </si>
   <si>
     <t>HD Wave SE6000H</t>
   </si>
   <si>
+    <t>NX10K</t>
+  </si>
+  <si>
+    <t>NX12.5K</t>
+  </si>
+  <si>
+    <t>NX13K</t>
+  </si>
+  <si>
+    <t>NX15K</t>
+  </si>
+  <si>
+    <t>NX16K</t>
+  </si>
+  <si>
+    <t>NX17K</t>
+  </si>
+  <si>
+    <t>NX20K</t>
+  </si>
+  <si>
+    <t>NX8K</t>
+  </si>
+  <si>
     <t>SE10K-RWB48</t>
   </si>
   <si>
     <t>SE10K-RWS</t>
   </si>
   <si>
     <t>SE3680H-RWSAC</t>
   </si>
   <si>
     <t>SE5000H-RWSAC</t>
   </si>
   <si>
     <t>SE5K-RWB48</t>
   </si>
   <si>
     <t>SE5K-RWS</t>
   </si>
   <si>
     <t>SE7K-RWB48</t>
   </si>
   <si>
     <t>SE7K-RWS</t>
   </si>
   <si>
     <t>SE8K-RWB48</t>
@@ -5683,95 +5902,164 @@
   <si>
     <t>Viessmann</t>
   </si>
   <si>
     <t>Type 4.6C</t>
   </si>
   <si>
     <t>Type 6.0C</t>
   </si>
   <si>
     <t>Type 8.0C</t>
   </si>
   <si>
     <t>Vitocharge VX3 Type 6.0A</t>
   </si>
   <si>
     <t>Vitocharge VX3 Type 8.0A</t>
   </si>
   <si>
     <t>Voltronic/ Vision</t>
   </si>
   <si>
     <t>InfiniSolar10K</t>
   </si>
   <si>
+    <t>WHES</t>
+  </si>
+  <si>
+    <t>SIA-10kW</t>
+  </si>
+  <si>
+    <t>SIA-10kW-O</t>
+  </si>
+  <si>
+    <t>SIA-3.6kW</t>
+  </si>
+  <si>
+    <t>SIA-3.6kW-O</t>
+  </si>
+  <si>
+    <t>SIA-4.6kW</t>
+  </si>
+  <si>
+    <t>SIA-4.6kW-O</t>
+  </si>
+  <si>
+    <t>SIA-5kW</t>
+  </si>
+  <si>
+    <t>SIA-5kW-O</t>
+  </si>
+  <si>
+    <t>SIA-6kW</t>
+  </si>
+  <si>
+    <t>SIA-6kW-O</t>
+  </si>
+  <si>
+    <t>SIA-8kW</t>
+  </si>
+  <si>
+    <t>SIA-8kW-O</t>
+  </si>
+  <si>
     <t>WSTECH</t>
   </si>
   <si>
     <t>APS650-ES-1-360-5</t>
   </si>
   <si>
     <t>APS725-ES-1-400-5</t>
   </si>
   <si>
     <t>APS800-ES-1-440-5</t>
   </si>
   <si>
     <t>APS870-ES-1-480-5</t>
   </si>
   <si>
     <t>APS945-ES-1-520-5</t>
   </si>
   <si>
     <t>Wallbox Chargers</t>
   </si>
   <si>
     <t>QSB1-0-J-1-4-002</t>
   </si>
   <si>
     <t>QSB1-0-J-2-4-002</t>
   </si>
   <si>
     <t>QSB1-0-J-3-4-002</t>
   </si>
   <si>
     <t>QSX1-0-J-1-4-002</t>
   </si>
   <si>
     <t>QSX1-0-J-2-4-002</t>
   </si>
   <si>
     <t>QSX1-0-J-3-4-002</t>
   </si>
   <si>
     <t>Weiheng</t>
   </si>
   <si>
     <t>WH-BEC-100AC</t>
   </si>
   <si>
+    <t>Yunt</t>
+  </si>
+  <si>
+    <t>Mars-100KT</t>
+  </si>
+  <si>
+    <t>Mars-100KT-F</t>
+  </si>
+  <si>
+    <t>Mars-100kT-LP</t>
+  </si>
+  <si>
+    <t>Mars-110KT</t>
+  </si>
+  <si>
+    <t>Mars-110KT-F</t>
+  </si>
+  <si>
+    <t>Mars-110KT-LP</t>
+  </si>
+  <si>
+    <t>Mars-125KT</t>
+  </si>
+  <si>
+    <t>Mars-125KT-F</t>
+  </si>
+  <si>
+    <t>Mars-125kT-LP</t>
+  </si>
+  <si>
     <t>Yuso</t>
   </si>
   <si>
     <t>Victron Multiplus-II 48/5000/70-50</t>
   </si>
   <si>
     <t>Victron Multiplus-II 48/5000/70-50 GX</t>
   </si>
   <si>
     <t>ZCS AZZURRO</t>
   </si>
   <si>
     <t>1PH HYD3000 ZSS</t>
   </si>
   <si>
     <t>1PH HYD3600 ZSS</t>
   </si>
   <si>
     <t>1PH HYD4000 ZSS</t>
   </si>
   <si>
     <t>1PH HYD4600 ZSS</t>
   </si>
   <si>
     <t>1PH HYD5000 ZSS</t>
@@ -5782,81 +6070,129 @@
   <si>
     <t>3000SP</t>
   </si>
   <si>
     <t>3PH HYD10000 ZSS</t>
   </si>
   <si>
     <t>3PH HYD15000 ZSS</t>
   </si>
   <si>
     <t>3PH HYD20000 ZSS</t>
   </si>
   <si>
     <t>3PH HYD5000 ZSS</t>
   </si>
   <si>
     <t>3PH HYD6000 ZSS</t>
   </si>
   <si>
     <t>3PH HYD8000 ZSS</t>
   </si>
   <si>
     <t>Zendure</t>
   </si>
   <si>
+    <t>AC+2</t>
+  </si>
+  <si>
+    <t>Pro2</t>
+  </si>
+  <si>
     <t>ZDHYP2000</t>
   </si>
   <si>
     <t>ZDSF2400AC</t>
   </si>
   <si>
     <t>ZDSF800</t>
   </si>
   <si>
     <t>ZDSF800AC</t>
   </si>
   <si>
     <t>ZDSF800P</t>
   </si>
   <si>
+    <t>ZDSF800PLS</t>
+  </si>
+  <si>
     <t>batterX</t>
   </si>
   <si>
     <t>batterX 3680D</t>
   </si>
   <si>
     <t>batterX 5000D</t>
   </si>
   <si>
     <t>batterX h10</t>
   </si>
   <si>
     <t>batterX h3600</t>
   </si>
   <si>
     <t>batterX h5000</t>
+  </si>
+  <si>
+    <t>eCACTUS</t>
+  </si>
+  <si>
+    <t>WH-THA103</t>
+  </si>
+  <si>
+    <t>WH-THA103-O</t>
+  </si>
+  <si>
+    <t>WH-THA123</t>
+  </si>
+  <si>
+    <t>WH-THA123-O</t>
+  </si>
+  <si>
+    <t>WH-THA133</t>
+  </si>
+  <si>
+    <t>WH-THA133-O</t>
+  </si>
+  <si>
+    <t>WH-THA502</t>
+  </si>
+  <si>
+    <t>WH-THA502-O</t>
+  </si>
+  <si>
+    <t>WH-THA602</t>
+  </si>
+  <si>
+    <t>WH-THA602-O</t>
+  </si>
+  <si>
+    <t>WH-THA802</t>
+  </si>
+  <si>
+    <t>WH-THA802-O</t>
   </si>
   <si>
     <t>eCactus</t>
   </si>
   <si>
     <t>WH-SHC362</t>
   </si>
   <si>
     <t>WH-SHC462</t>
   </si>
   <si>
     <t>WH-SHC502</t>
   </si>
   <si>
     <t>WH-SHC602</t>
   </si>
   <si>
     <t>WH-SPHA3.6H-10.24kWh</t>
   </si>
   <si>
     <t>WH-SPHA3.6H-5.12kWh</t>
   </si>
   <si>
     <t>WH-SPHA4.6H-10.24kWh</t>
   </si>
@@ -6008,72 +6344,283 @@
       <top style="thin"/>
     </border>
     <border>
       <left style="thin"/>
       <top style="thin"/>
     </border>
     <border>
       <left style="thin"/>
       <right style="thin"/>
       <top style="thin"/>
     </border>
     <border>
       <left style="thin"/>
       <right style="thin"/>
       <top style="thin"/>
       <bottom style="medium"/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3623">
+  <cellXfs count="3834">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
@@ -9672,51 +10219,51 @@
     <cellStyle name="Normal 2 2" xfId="4" xr:uid="{227C1D7B-C8BF-40B6-8EE3-14F4ED59ABBA}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{1319AF56-BD2A-4AF7-8D60-23F0CA044DF0}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId4" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId5" Target="../customXml/item1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId6" Target="../customXml/item2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId7" Target="../customXml/item3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>5</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="65" cy="172227"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="TextBox 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FF58358-3C10-45E7-BFA7-4F3BC0BBE871}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="6605803" y="373505336"/>
           <a:ext cx="65" cy="172227"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
@@ -9727,51 +10274,51 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
           <a:spAutoFit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>5</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="65" cy="172227"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="4" name="TextBox 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D3AFF91-FB44-49D5-BE87-1CC71C39CA40}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="6605803" y="376042796"/>
           <a:ext cx="65" cy="172227"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
@@ -9782,51 +10329,51 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
           <a:spAutoFit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>5</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="65" cy="172227"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="5" name="TextBox 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B04C228B-E6F8-4DEE-9AD5-403DFE00D093}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="6605803" y="377041016"/>
           <a:ext cx="65" cy="172227"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
@@ -9837,51 +10384,51 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
           <a:spAutoFit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>5</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="65" cy="172227"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="6" name="TextBox 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{885E4905-BE7A-49B4-BE02-5414EA610E14}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="6605803" y="377361056"/>
           <a:ext cx="65" cy="172227"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
@@ -9892,51 +10439,51 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
           <a:spAutoFit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>5</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="65" cy="172227"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="7" name="TextBox 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30E17E4C-F21D-4DA5-8A99-49AFE4D2F8E0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="6605803" y="380157596"/>
           <a:ext cx="65" cy="172227"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
@@ -9947,51 +10494,51 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
           <a:spAutoFit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>5</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="65" cy="172227"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="8" name="TextBox 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD12F3DD-A430-4BD8-8EE9-972FB7083BB0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="6605803" y="383617076"/>
           <a:ext cx="65" cy="172227"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
@@ -10002,51 +10549,51 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
           <a:spAutoFit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>5</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="65" cy="172227"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="9" name="TextBox 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5F34ECF-E7FC-483C-B6A8-05AED0F7D01C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="6605803" y="384546716"/>
           <a:ext cx="65" cy="172227"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
@@ -10057,51 +10604,51 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
           <a:spAutoFit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>5</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="65" cy="172227"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="10" name="TextBox 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{901AD4B0-7C29-4431-A8EB-8563D7DE27D7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="6605803" y="386009756"/>
           <a:ext cx="65" cy="172227"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
@@ -10112,91 +10659,91 @@
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
           <a:spAutoFit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -10258,51 +10805,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -10400,14585 +10947,15417 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6347D940-A29D-4E44-B227-049A9939897F}">
-  <dimension ref="A1:B1812"/>
+  <dimension ref="A1:B1917"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="B11" sqref="B11"/>
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" customWidth="true" style="9" width="52.140625"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" style="3" width="9.140625"/>
+    <col min="1" max="1" customWidth="true" style="8" width="52.1640625"/>
+    <col min="2" max="2" customWidth="true" style="9" width="64.33203125"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="8" t="s">
+    <row r="1" spans="1:2" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="B1" s="8"/>
-[...8 lines deleted...]
-      <c r="A3" s="7" t="s">
+      <c r="B1" s="7"/>
+    </row>
+    <row r="2" spans="1:2" s="3" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B2" s="6"/>
+    </row>
+    <row r="3" spans="1:2" ht="16" x14ac:dyDescent="0.2">
+      <c r="A3" t="s" s="8">
         <v>5</v>
       </c>
-      <c r="B3" s="7"/>
-[...2 lines deleted...]
-      <c r="A4" t="s" s="9">
+      <c r="B3" s="2"/>
+    </row>
+    <row r="4" spans="1:2" ht="16" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="5" spans="1:2" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="B4" s="2"/>
-[...7 lines deleted...]
-        <v>1</v>
+      <c r="B6" s="11" t="s">
+        <v>7</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="11" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="12" t="s">
+      <c r="A7" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="13" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="13" t="s">
-[...2 lines deleted...]
-      <c r="B8" s="14" t="s">
+      <c r="A8" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" s="15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="15" t="s">
-[...2 lines deleted...]
-      <c r="B9" s="16" t="s">
+      <c r="A9" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="B9" s="17" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="17" t="s">
-[...2 lines deleted...]
-      <c r="B10" s="18" t="s">
+      <c r="A10" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="B10" s="19" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="19" t="s">
-[...2 lines deleted...]
-      <c r="B11" s="20" t="s">
+      <c r="A11" s="20" t="s">
+        <v>6</v>
+      </c>
+      <c r="B11" s="21" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="21" t="s">
-[...2 lines deleted...]
-      <c r="B12" s="22" t="s">
+      <c r="A12" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="B12" s="23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="23" t="s">
-[...2 lines deleted...]
-      <c r="B13" s="24" t="s">
+      <c r="A13" s="24" t="s">
         <v>14</v>
       </c>
+      <c r="B13" s="25" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="14">
-      <c r="A14" s="25" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="26" t="s">
+      <c r="A14" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="B14" s="27" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="27" t="s">
-[...2 lines deleted...]
-      <c r="B15" s="28" t="s">
+      <c r="A15" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="B15" s="29" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="29" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="30" t="s">
+      <c r="A16" s="30" t="s">
+        <v>14</v>
+      </c>
+      <c r="B16" s="31" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="31" t="s">
-[...2 lines deleted...]
-      <c r="B17" s="32" t="s">
+      <c r="A17" s="32" t="s">
+        <v>14</v>
+      </c>
+      <c r="B17" s="33" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="33" t="s">
-[...2 lines deleted...]
-      <c r="B18" s="34" t="s">
+      <c r="A18" s="34" t="s">
+        <v>14</v>
+      </c>
+      <c r="B18" s="35" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="35" t="s">
-[...2 lines deleted...]
-      <c r="B19" s="36" t="s">
+      <c r="A19" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="B19" s="37" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="37" t="s">
-[...2 lines deleted...]
-      <c r="B20" s="38" t="s">
+      <c r="A20" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="B20" s="39" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="39" t="s">
-[...2 lines deleted...]
-      <c r="B21" s="40" t="s">
+      <c r="A21" s="40" t="s">
+        <v>14</v>
+      </c>
+      <c r="B21" s="41" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22">
-      <c r="A22" s="41" t="s">
-[...2 lines deleted...]
-      <c r="B22" s="42" t="s">
+      <c r="A22" s="42" t="s">
+        <v>14</v>
+      </c>
+      <c r="B22" s="43" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23">
-      <c r="A23" s="43" t="s">
-[...2 lines deleted...]
-      <c r="B23" s="44" t="s">
+      <c r="A23" s="44" t="s">
+        <v>14</v>
+      </c>
+      <c r="B23" s="45" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24">
-      <c r="A24" s="45" t="s">
-[...2 lines deleted...]
-      <c r="B24" s="46" t="s">
+      <c r="A24" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="B24" s="47" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25">
-      <c r="A25" s="47" t="s">
-[...2 lines deleted...]
-      <c r="B25" s="48" t="s">
+      <c r="A25" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="B25" s="49" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26">
-      <c r="A26" s="49" t="s">
-[...2 lines deleted...]
-      <c r="B26" s="50" t="s">
+      <c r="A26" s="50" t="s">
+        <v>14</v>
+      </c>
+      <c r="B26" s="51" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27">
-      <c r="A27" s="51" t="s">
-[...2 lines deleted...]
-      <c r="B27" s="52" t="s">
+      <c r="A27" s="52" t="s">
+        <v>14</v>
+      </c>
+      <c r="B27" s="53" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28">
-      <c r="A28" s="53" t="s">
-[...2 lines deleted...]
-      <c r="B28" s="54" t="s">
+      <c r="A28" s="54" t="s">
+        <v>14</v>
+      </c>
+      <c r="B28" s="55" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29">
-      <c r="A29" s="55" t="s">
-[...2 lines deleted...]
-      <c r="B29" s="56" t="s">
+      <c r="A29" s="56" t="s">
+        <v>14</v>
+      </c>
+      <c r="B29" s="57" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30">
-      <c r="A30" s="57" t="s">
-[...2 lines deleted...]
-      <c r="B30" s="58" t="s">
+      <c r="A30" s="58" t="s">
+        <v>14</v>
+      </c>
+      <c r="B30" s="59" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31">
-      <c r="A31" s="59" t="s">
-[...2 lines deleted...]
-      <c r="B31" s="60" t="s">
+      <c r="A31" s="60" t="s">
+        <v>14</v>
+      </c>
+      <c r="B31" s="61" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="32">
-      <c r="A32" s="61" t="s">
-[...2 lines deleted...]
-      <c r="B32" s="62" t="s">
+      <c r="A32" s="62" t="s">
+        <v>14</v>
+      </c>
+      <c r="B32" s="63" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="33">
-      <c r="A33" s="63" t="s">
-[...2 lines deleted...]
-      <c r="B33" s="64" t="s">
+      <c r="A33" s="64" t="s">
+        <v>14</v>
+      </c>
+      <c r="B33" s="65" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34">
-      <c r="A34" s="65" t="s">
-[...2 lines deleted...]
-      <c r="B34" s="66" t="s">
+      <c r="A34" s="66" t="s">
+        <v>14</v>
+      </c>
+      <c r="B34" s="67" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="35">
-      <c r="A35" s="67" t="s">
-[...2 lines deleted...]
-      <c r="B35" s="68" t="s">
+      <c r="A35" s="68" t="s">
+        <v>14</v>
+      </c>
+      <c r="B35" s="69" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="36">
-      <c r="A36" s="69" t="s">
-[...2 lines deleted...]
-      <c r="B36" s="70" t="s">
+      <c r="A36" s="70" t="s">
+        <v>14</v>
+      </c>
+      <c r="B36" s="71" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37">
-      <c r="A37" s="71" t="s">
-[...2 lines deleted...]
-      <c r="B37" s="72" t="s">
+      <c r="A37" s="72" t="s">
+        <v>14</v>
+      </c>
+      <c r="B37" s="73" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="38">
-      <c r="A38" s="73" t="s">
-[...2 lines deleted...]
-      <c r="B38" s="74" t="s">
+      <c r="A38" s="74" t="s">
+        <v>14</v>
+      </c>
+      <c r="B38" s="75" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="39">
-      <c r="A39" s="75" t="s">
-[...2 lines deleted...]
-      <c r="B39" s="76" t="s">
+      <c r="A39" s="76" t="s">
+        <v>14</v>
+      </c>
+      <c r="B39" s="77" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="40">
-      <c r="A40" s="77" t="s">
-[...2 lines deleted...]
-      <c r="B40" s="78" t="s">
+      <c r="A40" s="78" t="s">
+        <v>14</v>
+      </c>
+      <c r="B40" s="79" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="41">
-      <c r="A41" s="79" t="s">
-[...2 lines deleted...]
-      <c r="B41" s="80" t="s">
+      <c r="A41" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="B41" s="81" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="42">
-      <c r="A42" s="81" t="s">
-[...2 lines deleted...]
-      <c r="B42" s="82" t="s">
+      <c r="A42" s="82" t="s">
         <v>44</v>
       </c>
+      <c r="B42" s="83" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="43">
-      <c r="A43" s="83" t="s">
-[...2 lines deleted...]
-      <c r="B43" s="84" t="s">
+      <c r="A43" s="84" t="s">
+        <v>44</v>
+      </c>
+      <c r="B43" s="85" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="44">
-      <c r="A44" s="85" t="s">
-[...2 lines deleted...]
-      <c r="B44" s="86" t="s">
+      <c r="A44" s="86" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" s="87" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="45">
-      <c r="A45" s="87" t="s">
-[...2 lines deleted...]
-      <c r="B45" s="88" t="s">
+      <c r="A45" s="88" t="s">
+        <v>44</v>
+      </c>
+      <c r="B45" s="89" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="46">
-      <c r="A46" s="89" t="s">
-[...2 lines deleted...]
-      <c r="B46" s="90" t="s">
+      <c r="A46" s="90" t="s">
+        <v>44</v>
+      </c>
+      <c r="B46" s="91" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="47">
-      <c r="A47" s="91" t="s">
-[...2 lines deleted...]
-      <c r="B47" s="92" t="s">
+      <c r="A47" s="92" t="s">
+        <v>44</v>
+      </c>
+      <c r="B47" s="93" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="48">
-      <c r="A48" s="93" t="s">
-[...2 lines deleted...]
-      <c r="B48" s="94" t="s">
+      <c r="A48" s="94" t="s">
+        <v>44</v>
+      </c>
+      <c r="B48" s="95" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="49">
-      <c r="A49" s="95" t="s">
-[...2 lines deleted...]
-      <c r="B49" s="96" t="s">
+      <c r="A49" s="96" t="s">
         <v>52</v>
       </c>
+      <c r="B49" s="97" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="50">
-      <c r="A50" s="97" t="s">
-[...2 lines deleted...]
-      <c r="B50" s="98" t="s">
+      <c r="A50" s="98" t="s">
+        <v>52</v>
+      </c>
+      <c r="B50" s="99" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="51">
-      <c r="A51" s="99" t="s">
-[...2 lines deleted...]
-      <c r="B51" s="100" t="s">
+      <c r="A51" s="100" t="s">
+        <v>52</v>
+      </c>
+      <c r="B51" s="101" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="52">
-      <c r="A52" s="101" t="s">
-[...2 lines deleted...]
-      <c r="B52" s="102" t="s">
+      <c r="A52" s="102" t="s">
+        <v>52</v>
+      </c>
+      <c r="B52" s="103" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="53">
-      <c r="A53" s="103" t="s">
-[...2 lines deleted...]
-      <c r="B53" s="104" t="s">
+      <c r="A53" s="104" t="s">
+        <v>52</v>
+      </c>
+      <c r="B53" s="105" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="54">
-      <c r="A54" s="105" t="s">
-[...2 lines deleted...]
-      <c r="B54" s="106" t="s">
+      <c r="A54" s="106" t="s">
+        <v>52</v>
+      </c>
+      <c r="B54" s="107" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="55">
-      <c r="A55" s="107" t="s">
-[...2 lines deleted...]
-      <c r="B55" s="108" t="s">
+      <c r="A55" s="108" t="s">
+        <v>52</v>
+      </c>
+      <c r="B55" s="109" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="56">
-      <c r="A56" s="109" t="s">
-[...2 lines deleted...]
-      <c r="B56" s="110" t="s">
+      <c r="A56" s="110" t="s">
+        <v>52</v>
+      </c>
+      <c r="B56" s="111" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="57">
-      <c r="A57" s="111" t="s">
-[...2 lines deleted...]
-      <c r="B57" s="112" t="s">
+      <c r="A57" s="112" t="s">
+        <v>52</v>
+      </c>
+      <c r="B57" s="113" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="58">
-      <c r="A58" s="113" t="s">
-[...2 lines deleted...]
-      <c r="B58" s="114" t="s">
+      <c r="A58" s="114" t="s">
+        <v>52</v>
+      </c>
+      <c r="B58" s="115" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="59">
-      <c r="A59" s="115" t="s">
-[...2 lines deleted...]
-      <c r="B59" s="116" t="s">
+      <c r="A59" s="116" t="s">
+        <v>52</v>
+      </c>
+      <c r="B59" s="117" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="60">
-      <c r="A60" s="117" t="s">
-[...2 lines deleted...]
-      <c r="B60" s="118" t="s">
+      <c r="A60" s="118" t="s">
+        <v>52</v>
+      </c>
+      <c r="B60" s="119" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="61">
-      <c r="A61" s="119" t="s">
-[...2 lines deleted...]
-      <c r="B61" s="120" t="s">
+      <c r="A61" s="120" t="s">
+        <v>52</v>
+      </c>
+      <c r="B61" s="121" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="62">
-      <c r="A62" s="121" t="s">
-[...2 lines deleted...]
-      <c r="B62" s="122" t="s">
+      <c r="A62" s="122" t="s">
+        <v>52</v>
+      </c>
+      <c r="B62" s="123" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="63">
-      <c r="A63" s="123" t="s">
-[...2 lines deleted...]
-      <c r="B63" s="124" t="s">
+      <c r="A63" s="124" t="s">
+        <v>52</v>
+      </c>
+      <c r="B63" s="125" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="64">
-      <c r="A64" s="125" t="s">
-[...2 lines deleted...]
-      <c r="B64" s="126" t="s">
+      <c r="A64" s="126" t="s">
+        <v>52</v>
+      </c>
+      <c r="B64" s="127" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="65">
-      <c r="A65" s="127" t="s">
-[...2 lines deleted...]
-      <c r="B65" s="128" t="s">
+      <c r="A65" s="128" t="s">
+        <v>52</v>
+      </c>
+      <c r="B65" s="129" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="66">
-      <c r="A66" s="129" t="s">
-[...2 lines deleted...]
-      <c r="B66" s="130" t="s">
+      <c r="A66" s="130" t="s">
+        <v>52</v>
+      </c>
+      <c r="B66" s="131" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="67">
-      <c r="A67" s="131" t="s">
-[...2 lines deleted...]
-      <c r="B67" s="132" t="s">
+      <c r="A67" s="132" t="s">
+        <v>52</v>
+      </c>
+      <c r="B67" s="133" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="68">
-      <c r="A68" s="133" t="s">
-[...2 lines deleted...]
-      <c r="B68" s="134" t="s">
+      <c r="A68" s="134" t="s">
+        <v>52</v>
+      </c>
+      <c r="B68" s="135" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="69">
-      <c r="A69" s="135" t="s">
-[...2 lines deleted...]
-      <c r="B69" s="136" t="s">
+      <c r="A69" s="136" t="s">
+        <v>52</v>
+      </c>
+      <c r="B69" s="137" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="70">
-      <c r="A70" s="137" t="s">
-[...2 lines deleted...]
-      <c r="B70" s="138" t="s">
+      <c r="A70" s="138" t="s">
+        <v>52</v>
+      </c>
+      <c r="B70" s="139" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="71">
-      <c r="A71" s="139" t="s">
-[...2 lines deleted...]
-      <c r="B71" s="140" t="s">
+      <c r="A71" s="140" t="s">
+        <v>52</v>
+      </c>
+      <c r="B71" s="141" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="72">
-      <c r="A72" s="141" t="s">
-[...2 lines deleted...]
-      <c r="B72" s="142" t="s">
+      <c r="A72" s="142" t="s">
+        <v>52</v>
+      </c>
+      <c r="B72" s="143" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="73">
-      <c r="A73" s="143" t="s">
-[...2 lines deleted...]
-      <c r="B73" s="144" t="s">
+      <c r="A73" s="144" t="s">
+        <v>52</v>
+      </c>
+      <c r="B73" s="145" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="74">
-      <c r="A74" s="145" t="s">
-[...2 lines deleted...]
-      <c r="B74" s="146" t="s">
+      <c r="A74" s="146" t="s">
+        <v>52</v>
+      </c>
+      <c r="B74" s="147" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="75">
-      <c r="A75" s="147" t="s">
-[...2 lines deleted...]
-      <c r="B75" s="148" t="s">
+      <c r="A75" s="148" t="s">
+        <v>52</v>
+      </c>
+      <c r="B75" s="149" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="76">
-      <c r="A76" s="149" t="s">
-[...2 lines deleted...]
-      <c r="B76" s="150" t="s">
+      <c r="A76" s="150" t="s">
+        <v>52</v>
+      </c>
+      <c r="B76" s="151" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="77">
-      <c r="A77" s="151" t="s">
-[...2 lines deleted...]
-      <c r="B77" s="152" t="s">
+      <c r="A77" s="152" t="s">
+        <v>52</v>
+      </c>
+      <c r="B77" s="153" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="78">
-      <c r="A78" s="153" t="s">
-[...2 lines deleted...]
-      <c r="B78" s="154" t="s">
+      <c r="A78" s="154" t="s">
+        <v>52</v>
+      </c>
+      <c r="B78" s="155" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="79">
-      <c r="A79" s="155" t="s">
-[...2 lines deleted...]
-      <c r="B79" s="156" t="s">
+      <c r="A79" s="156" t="s">
+        <v>52</v>
+      </c>
+      <c r="B79" s="157" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="80">
-      <c r="A80" s="157" t="s">
-[...2 lines deleted...]
-      <c r="B80" s="158" t="s">
+      <c r="A80" s="158" t="s">
+        <v>52</v>
+      </c>
+      <c r="B80" s="159" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="81">
-      <c r="A81" s="159" t="s">
-[...2 lines deleted...]
-      <c r="B81" s="160" t="s">
+      <c r="A81" s="160" t="s">
+        <v>52</v>
+      </c>
+      <c r="B81" s="161" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="82">
-      <c r="A82" s="161" t="s">
-[...2 lines deleted...]
-      <c r="B82" s="162" t="s">
+      <c r="A82" s="162" t="s">
         <v>86</v>
       </c>
+      <c r="B82" s="163" t="s">
+        <v>87</v>
+      </c>
     </row>
     <row r="83">
-      <c r="A83" s="163" t="s">
-[...2 lines deleted...]
-      <c r="B83" s="164" t="s">
+      <c r="A83" s="164" t="s">
+        <v>86</v>
+      </c>
+      <c r="B83" s="165" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="84">
-      <c r="A84" s="165" t="s">
-[...2 lines deleted...]
-      <c r="B84" s="166" t="s">
+      <c r="A84" s="166" t="s">
+        <v>86</v>
+      </c>
+      <c r="B84" s="167" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="85">
-      <c r="A85" s="167" t="s">
-[...2 lines deleted...]
-      <c r="B85" s="168" t="s">
+      <c r="A85" s="168" t="s">
+        <v>86</v>
+      </c>
+      <c r="B85" s="169" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="86">
-      <c r="A86" s="169" t="s">
-[...2 lines deleted...]
-      <c r="B86" s="170" t="s">
+      <c r="A86" s="170" t="s">
+        <v>86</v>
+      </c>
+      <c r="B86" s="171" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="87">
-      <c r="A87" s="171" t="s">
-[...2 lines deleted...]
-      <c r="B87" s="172" t="s">
+      <c r="A87" s="172" t="s">
+        <v>86</v>
+      </c>
+      <c r="B87" s="173" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="88">
-      <c r="A88" s="173" t="s">
-[...2 lines deleted...]
-      <c r="B88" s="174" t="s">
+      <c r="A88" s="174" t="s">
+        <v>86</v>
+      </c>
+      <c r="B88" s="175" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="89">
-      <c r="A89" s="175" t="s">
-[...2 lines deleted...]
-      <c r="B89" s="176" t="s">
+      <c r="A89" s="176" t="s">
+        <v>86</v>
+      </c>
+      <c r="B89" s="177" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="90">
-      <c r="A90" s="177" t="s">
-[...2 lines deleted...]
-      <c r="B90" s="178" t="s">
+      <c r="A90" s="178" t="s">
         <v>95</v>
       </c>
+      <c r="B90" s="179" t="s">
+        <v>96</v>
+      </c>
     </row>
     <row r="91">
-      <c r="A91" s="179" t="s">
-[...2 lines deleted...]
-      <c r="B91" s="180" t="s">
+      <c r="A91" s="180" t="s">
+        <v>95</v>
+      </c>
+      <c r="B91" s="181" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="92">
-      <c r="A92" s="181" t="s">
-[...2 lines deleted...]
-      <c r="B92" s="182" t="s">
+      <c r="A92" s="182" t="s">
+        <v>95</v>
+      </c>
+      <c r="B92" s="183" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="93">
-      <c r="A93" s="183" t="s">
-[...2 lines deleted...]
-      <c r="B93" s="184" t="s">
+      <c r="A93" s="184" t="s">
+        <v>95</v>
+      </c>
+      <c r="B93" s="185" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="94">
-      <c r="A94" s="185" t="s">
-[...2 lines deleted...]
-      <c r="B94" s="186" t="s">
+      <c r="A94" s="186" t="s">
+        <v>95</v>
+      </c>
+      <c r="B94" s="187" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="95">
-      <c r="A95" s="187" t="s">
-[...2 lines deleted...]
-      <c r="B95" s="188" t="s">
+      <c r="A95" s="188" t="s">
+        <v>95</v>
+      </c>
+      <c r="B95" s="189" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="96">
-      <c r="A96" s="189" t="s">
-[...2 lines deleted...]
-      <c r="B96" s="190" t="s">
+      <c r="A96" s="190" t="s">
+        <v>95</v>
+      </c>
+      <c r="B96" s="191" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="97">
-      <c r="A97" s="191" t="s">
-[...2 lines deleted...]
-      <c r="B97" s="192" t="s">
+      <c r="A97" s="192" t="s">
+        <v>95</v>
+      </c>
+      <c r="B97" s="193" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="98">
-      <c r="A98" s="193" t="s">
-[...2 lines deleted...]
-      <c r="B98" s="194" t="s">
+      <c r="A98" s="194" t="s">
+        <v>95</v>
+      </c>
+      <c r="B98" s="195" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="99">
-      <c r="A99" s="195" t="s">
-[...2 lines deleted...]
-      <c r="B99" s="196" t="s">
+      <c r="A99" s="196" t="s">
+        <v>95</v>
+      </c>
+      <c r="B99" s="197" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="100">
-      <c r="A100" s="197" t="s">
-[...2 lines deleted...]
-      <c r="B100" s="198" t="s">
+      <c r="A100" s="198" t="s">
         <v>106</v>
       </c>
+      <c r="B100" s="199" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="101">
-      <c r="A101" s="199" t="s">
+      <c r="A101" s="200" t="s">
+        <v>106</v>
+      </c>
+      <c r="B101" s="201" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="202" t="s">
+        <v>106</v>
+      </c>
+      <c r="B102" s="203" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="204" t="s">
+        <v>106</v>
+      </c>
+      <c r="B103" s="205" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="206" t="s">
+        <v>106</v>
+      </c>
+      <c r="B104" s="207" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="208" t="s">
+        <v>112</v>
+      </c>
+      <c r="B105" s="209" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="210" t="s">
+        <v>112</v>
+      </c>
+      <c r="B106" s="211" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="212" t="s">
+        <v>112</v>
+      </c>
+      <c r="B107" s="213" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="214" t="s">
+        <v>116</v>
+      </c>
+      <c r="B108" s="215" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="216" t="s">
+        <v>116</v>
+      </c>
+      <c r="B109" s="217" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="218" t="s">
+        <v>116</v>
+      </c>
+      <c r="B110" s="219" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="220" t="s">
+        <v>116</v>
+      </c>
+      <c r="B111" s="221" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="222" t="s">
+        <v>116</v>
+      </c>
+      <c r="B112" s="223" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="224" t="s">
+        <v>116</v>
+      </c>
+      <c r="B113" s="225" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="226" t="s">
+        <v>116</v>
+      </c>
+      <c r="B114" s="227" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="228" t="s">
+        <v>116</v>
+      </c>
+      <c r="B115" s="229" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="230" t="s">
+        <v>116</v>
+      </c>
+      <c r="B116" s="231" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="232" t="s">
+        <v>116</v>
+      </c>
+      <c r="B117" s="233" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="234" t="s">
+        <v>116</v>
+      </c>
+      <c r="B118" s="235" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="236" t="s">
+        <v>116</v>
+      </c>
+      <c r="B119" s="237" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="238" t="s">
+        <v>116</v>
+      </c>
+      <c r="B120" s="239" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="240" t="s">
+        <v>116</v>
+      </c>
+      <c r="B121" s="241" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="242" t="s">
+        <v>116</v>
+      </c>
+      <c r="B122" s="243" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="244" t="s">
+        <v>116</v>
+      </c>
+      <c r="B123" s="245" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="246" t="s">
+        <v>116</v>
+      </c>
+      <c r="B124" s="247" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="248" t="s">
+        <v>116</v>
+      </c>
+      <c r="B125" s="249" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="250" t="s">
+        <v>116</v>
+      </c>
+      <c r="B126" s="251" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="252" t="s">
+        <v>116</v>
+      </c>
+      <c r="B127" s="253" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="254" t="s">
+        <v>116</v>
+      </c>
+      <c r="B128" s="255" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="256" t="s">
+        <v>116</v>
+      </c>
+      <c r="B129" s="257" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="258" t="s">
+        <v>116</v>
+      </c>
+      <c r="B130" s="259" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="260" t="s">
+        <v>116</v>
+      </c>
+      <c r="B131" s="261" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="262" t="s">
+        <v>116</v>
+      </c>
+      <c r="B132" s="263" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="264" t="s">
+        <v>116</v>
+      </c>
+      <c r="B133" s="265" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="266" t="s">
+        <v>116</v>
+      </c>
+      <c r="B134" s="267" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="268" t="s">
+        <v>116</v>
+      </c>
+      <c r="B135" s="269" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="270" t="s">
+        <v>116</v>
+      </c>
+      <c r="B136" s="271" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="272" t="s">
+        <v>116</v>
+      </c>
+      <c r="B137" s="273" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="274" t="s">
+        <v>116</v>
+      </c>
+      <c r="B138" s="275" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="276" t="s">
+        <v>116</v>
+      </c>
+      <c r="B139" s="277" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="278" t="s">
+        <v>116</v>
+      </c>
+      <c r="B140" s="279" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="280" t="s">
+        <v>116</v>
+      </c>
+      <c r="B141" s="281" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="282" t="s">
+        <v>116</v>
+      </c>
+      <c r="B142" s="283" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="284" t="s">
+        <v>116</v>
+      </c>
+      <c r="B143" s="285" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="286" t="s">
+        <v>116</v>
+      </c>
+      <c r="B144" s="287" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="288" t="s">
+        <v>116</v>
+      </c>
+      <c r="B145" s="289" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" s="290" t="s">
+        <v>116</v>
+      </c>
+      <c r="B146" s="291" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" s="292" t="s">
+        <v>116</v>
+      </c>
+      <c r="B147" s="293" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" s="294" t="s">
+        <v>116</v>
+      </c>
+      <c r="B148" s="295" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" s="296" t="s">
+        <v>116</v>
+      </c>
+      <c r="B149" s="297" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="298" t="s">
+        <v>116</v>
+      </c>
+      <c r="B150" s="299" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="300" t="s">
+        <v>116</v>
+      </c>
+      <c r="B151" s="301" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="302" t="s">
+        <v>116</v>
+      </c>
+      <c r="B152" s="303" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="304" t="s">
+        <v>116</v>
+      </c>
+      <c r="B153" s="305" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="306" t="s">
+        <v>116</v>
+      </c>
+      <c r="B154" s="307" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="308" t="s">
+        <v>116</v>
+      </c>
+      <c r="B155" s="309" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" s="310" t="s">
+        <v>165</v>
+      </c>
+      <c r="B156" s="311" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" s="312" t="s">
+        <v>165</v>
+      </c>
+      <c r="B157" s="313" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" s="314" t="s">
+        <v>165</v>
+      </c>
+      <c r="B158" s="315" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" s="316" t="s">
+        <v>169</v>
+      </c>
+      <c r="B159" s="317" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" s="318" t="s">
+        <v>169</v>
+      </c>
+      <c r="B160" s="319" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" s="320" t="s">
+        <v>169</v>
+      </c>
+      <c r="B161" s="321" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" s="322" t="s">
+        <v>173</v>
+      </c>
+      <c r="B162" s="323" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" s="324" t="s">
+        <v>173</v>
+      </c>
+      <c r="B163" s="325" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" s="326" t="s">
+        <v>173</v>
+      </c>
+      <c r="B164" s="327" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" s="328" t="s">
+        <v>173</v>
+      </c>
+      <c r="B165" s="329" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" s="330" t="s">
+        <v>173</v>
+      </c>
+      <c r="B166" s="331" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="332" t="s">
+        <v>173</v>
+      </c>
+      <c r="B167" s="333" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="334" t="s">
+        <v>173</v>
+      </c>
+      <c r="B168" s="335" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="336" t="s">
+        <v>173</v>
+      </c>
+      <c r="B169" s="337" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="338" t="s">
+        <v>182</v>
+      </c>
+      <c r="B170" s="339" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="340" t="s">
+        <v>182</v>
+      </c>
+      <c r="B171" s="341" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="342" t="s">
+        <v>182</v>
+      </c>
+      <c r="B172" s="343" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="344" t="s">
+        <v>182</v>
+      </c>
+      <c r="B173" s="345" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="346" t="s">
+        <v>182</v>
+      </c>
+      <c r="B174" s="347" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="348" t="s">
+        <v>182</v>
+      </c>
+      <c r="B175" s="349" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="350" t="s">
+        <v>182</v>
+      </c>
+      <c r="B176" s="351" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="352" t="s">
+        <v>182</v>
+      </c>
+      <c r="B177" s="353" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="354" t="s">
+        <v>182</v>
+      </c>
+      <c r="B178" s="355" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="356" t="s">
+        <v>182</v>
+      </c>
+      <c r="B179" s="357" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="358" t="s">
+        <v>182</v>
+      </c>
+      <c r="B180" s="359" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="360" t="s">
+        <v>182</v>
+      </c>
+      <c r="B181" s="361" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="362" t="s">
+        <v>182</v>
+      </c>
+      <c r="B182" s="363" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="364" t="s">
+        <v>182</v>
+      </c>
+      <c r="B183" s="365" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="366" t="s">
+        <v>182</v>
+      </c>
+      <c r="B184" s="367" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="368" t="s">
+        <v>182</v>
+      </c>
+      <c r="B185" s="369" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="370" t="s">
+        <v>182</v>
+      </c>
+      <c r="B186" s="371" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="372" t="s">
+        <v>182</v>
+      </c>
+      <c r="B187" s="373" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="374" t="s">
+        <v>182</v>
+      </c>
+      <c r="B188" s="375" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="376" t="s">
+        <v>182</v>
+      </c>
+      <c r="B189" s="377" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="378" t="s">
+        <v>182</v>
+      </c>
+      <c r="B190" s="379" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="380" t="s">
+        <v>182</v>
+      </c>
+      <c r="B191" s="381" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="382" t="s">
+        <v>205</v>
+      </c>
+      <c r="B192" s="383" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="384" t="s">
+        <v>205</v>
+      </c>
+      <c r="B193" s="385" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="386" t="s">
+        <v>208</v>
+      </c>
+      <c r="B194" s="387" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="388" t="s">
+        <v>208</v>
+      </c>
+      <c r="B195" s="389" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="390" t="s">
+        <v>211</v>
+      </c>
+      <c r="B196" s="391" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="392" t="s">
+        <v>211</v>
+      </c>
+      <c r="B197" s="393" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="394" t="s">
+        <v>211</v>
+      </c>
+      <c r="B198" s="395" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="396" t="s">
+        <v>211</v>
+      </c>
+      <c r="B199" s="397" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="398" t="s">
+        <v>211</v>
+      </c>
+      <c r="B200" s="399" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" s="400" t="s">
+        <v>211</v>
+      </c>
+      <c r="B201" s="401" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="402" t="s">
+        <v>211</v>
+      </c>
+      <c r="B202" s="403" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="404" t="s">
+        <v>211</v>
+      </c>
+      <c r="B203" s="405" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="406" t="s">
+        <v>211</v>
+      </c>
+      <c r="B204" s="407" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="408" t="s">
+        <v>211</v>
+      </c>
+      <c r="B205" s="409" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="410" t="s">
+        <v>211</v>
+      </c>
+      <c r="B206" s="411" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="412" t="s">
+        <v>211</v>
+      </c>
+      <c r="B207" s="413" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="414" t="s">
+        <v>211</v>
+      </c>
+      <c r="B208" s="415" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="416" t="s">
+        <v>225</v>
+      </c>
+      <c r="B209" s="417" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="418" t="s">
+        <v>225</v>
+      </c>
+      <c r="B210" s="419" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="420" t="s">
+        <v>228</v>
+      </c>
+      <c r="B211" s="421" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="422" t="s">
+        <v>228</v>
+      </c>
+      <c r="B212" s="423" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="424" t="s">
+        <v>228</v>
+      </c>
+      <c r="B213" s="425" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="426" t="s">
+        <v>228</v>
+      </c>
+      <c r="B214" s="427" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="428" t="s">
+        <v>228</v>
+      </c>
+      <c r="B215" s="429" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="430" t="s">
+        <v>228</v>
+      </c>
+      <c r="B216" s="431" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" s="432" t="s">
+        <v>228</v>
+      </c>
+      <c r="B217" s="433" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" s="434" t="s">
+        <v>228</v>
+      </c>
+      <c r="B218" s="435" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" s="436" t="s">
+        <v>228</v>
+      </c>
+      <c r="B219" s="437" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="438" t="s">
+        <v>228</v>
+      </c>
+      <c r="B220" s="439" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="440" t="s">
+        <v>228</v>
+      </c>
+      <c r="B221" s="441" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="442" t="s">
+        <v>228</v>
+      </c>
+      <c r="B222" s="443" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" s="444" t="s">
+        <v>228</v>
+      </c>
+      <c r="B223" s="445" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" s="446" t="s">
+        <v>242</v>
+      </c>
+      <c r="B224" s="447" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" s="448" t="s">
+        <v>242</v>
+      </c>
+      <c r="B225" s="449" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" s="450" t="s">
+        <v>242</v>
+      </c>
+      <c r="B226" s="451" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" s="452" t="s">
+        <v>242</v>
+      </c>
+      <c r="B227" s="453" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" s="454" t="s">
+        <v>242</v>
+      </c>
+      <c r="B228" s="455" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" s="456" t="s">
+        <v>242</v>
+      </c>
+      <c r="B229" s="457" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" s="458" t="s">
+        <v>242</v>
+      </c>
+      <c r="B230" s="459" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" s="460" t="s">
+        <v>242</v>
+      </c>
+      <c r="B231" s="461" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" s="462" t="s">
+        <v>242</v>
+      </c>
+      <c r="B232" s="463" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" s="464" t="s">
+        <v>242</v>
+      </c>
+      <c r="B233" s="465" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" s="466" t="s">
+        <v>242</v>
+      </c>
+      <c r="B234" s="467" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" s="468" t="s">
+        <v>242</v>
+      </c>
+      <c r="B235" s="469" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" s="470" t="s">
+        <v>242</v>
+      </c>
+      <c r="B236" s="471" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" s="472" t="s">
+        <v>256</v>
+      </c>
+      <c r="B237" s="473" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" s="474" t="s">
+        <v>256</v>
+      </c>
+      <c r="B238" s="475" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" s="476" t="s">
+        <v>256</v>
+      </c>
+      <c r="B239" s="477" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" s="478" t="s">
+        <v>260</v>
+      </c>
+      <c r="B240" s="479" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" s="480" t="s">
+        <v>260</v>
+      </c>
+      <c r="B241" s="481" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" s="482" t="s">
+        <v>260</v>
+      </c>
+      <c r="B242" s="483" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" s="484" t="s">
+        <v>264</v>
+      </c>
+      <c r="B243" s="485" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" s="486" t="s">
+        <v>266</v>
+      </c>
+      <c r="B244" s="487" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" s="488" t="s">
+        <v>266</v>
+      </c>
+      <c r="B245" s="489" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" s="490" t="s">
+        <v>266</v>
+      </c>
+      <c r="B246" s="491" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" s="492" t="s">
+        <v>266</v>
+      </c>
+      <c r="B247" s="493" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" s="494" t="s">
+        <v>266</v>
+      </c>
+      <c r="B248" s="495" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" s="496" t="s">
+        <v>266</v>
+      </c>
+      <c r="B249" s="497" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" s="498" t="s">
+        <v>266</v>
+      </c>
+      <c r="B250" s="499" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" s="500" t="s">
+        <v>266</v>
+      </c>
+      <c r="B251" s="501" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" s="502" t="s">
+        <v>266</v>
+      </c>
+      <c r="B252" s="503" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" s="504" t="s">
+        <v>266</v>
+      </c>
+      <c r="B253" s="505" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" s="506" t="s">
+        <v>266</v>
+      </c>
+      <c r="B254" s="507" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" s="508" t="s">
+        <v>266</v>
+      </c>
+      <c r="B255" s="509" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" s="510" t="s">
+        <v>266</v>
+      </c>
+      <c r="B256" s="511" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" s="512" t="s">
+        <v>266</v>
+      </c>
+      <c r="B257" s="513" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" s="514" t="s">
+        <v>266</v>
+      </c>
+      <c r="B258" s="515" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" s="516" t="s">
+        <v>266</v>
+      </c>
+      <c r="B259" s="517" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" s="518" t="s">
+        <v>266</v>
+      </c>
+      <c r="B260" s="519" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" s="520" t="s">
+        <v>266</v>
+      </c>
+      <c r="B261" s="521" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" s="522" t="s">
+        <v>266</v>
+      </c>
+      <c r="B262" s="523" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" s="524" t="s">
+        <v>266</v>
+      </c>
+      <c r="B263" s="525" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" s="526" t="s">
+        <v>266</v>
+      </c>
+      <c r="B264" s="527" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" s="528" t="s">
+        <v>266</v>
+      </c>
+      <c r="B265" s="529" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" s="530" t="s">
+        <v>266</v>
+      </c>
+      <c r="B266" s="531" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" s="532" t="s">
+        <v>266</v>
+      </c>
+      <c r="B267" s="533" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" s="534" t="s">
+        <v>266</v>
+      </c>
+      <c r="B268" s="535" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" s="536" t="s">
+        <v>292</v>
+      </c>
+      <c r="B269" s="537" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" s="538" t="s">
+        <v>292</v>
+      </c>
+      <c r="B270" s="539" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" s="540" t="s">
+        <v>292</v>
+      </c>
+      <c r="B271" s="541" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" s="542" t="s">
+        <v>292</v>
+      </c>
+      <c r="B272" s="543" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" s="544" t="s">
+        <v>292</v>
+      </c>
+      <c r="B273" s="545" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" s="546" t="s">
+        <v>298</v>
+      </c>
+      <c r="B274" s="547" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" s="548" t="s">
+        <v>298</v>
+      </c>
+      <c r="B275" s="549" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" s="550" t="s">
+        <v>298</v>
+      </c>
+      <c r="B276" s="551" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" s="552" t="s">
+        <v>298</v>
+      </c>
+      <c r="B277" s="553" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" s="554" t="s">
+        <v>298</v>
+      </c>
+      <c r="B278" s="555" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" s="556" t="s">
+        <v>298</v>
+      </c>
+      <c r="B279" s="557" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" s="558" t="s">
+        <v>298</v>
+      </c>
+      <c r="B280" s="559" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" s="560" t="s">
+        <v>298</v>
+      </c>
+      <c r="B281" s="561" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" s="562" t="s">
+        <v>298</v>
+      </c>
+      <c r="B282" s="563" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" s="564" t="s">
+        <v>298</v>
+      </c>
+      <c r="B283" s="565" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" s="566" t="s">
+        <v>298</v>
+      </c>
+      <c r="B284" s="567" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" s="568" t="s">
+        <v>298</v>
+      </c>
+      <c r="B285" s="569" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" s="570" t="s">
+        <v>298</v>
+      </c>
+      <c r="B286" s="571" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" s="572" t="s">
+        <v>298</v>
+      </c>
+      <c r="B287" s="573" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" s="574" t="s">
+        <v>298</v>
+      </c>
+      <c r="B288" s="575" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" s="576" t="s">
+        <v>298</v>
+      </c>
+      <c r="B289" s="577" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" s="578" t="s">
+        <v>298</v>
+      </c>
+      <c r="B290" s="579" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" s="580" t="s">
+        <v>298</v>
+      </c>
+      <c r="B291" s="581" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" s="582" t="s">
+        <v>298</v>
+      </c>
+      <c r="B292" s="583" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" s="584" t="s">
+        <v>298</v>
+      </c>
+      <c r="B293" s="585" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" s="586" t="s">
+        <v>298</v>
+      </c>
+      <c r="B294" s="587" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" s="588" t="s">
+        <v>298</v>
+      </c>
+      <c r="B295" s="589" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" s="590" t="s">
+        <v>298</v>
+      </c>
+      <c r="B296" s="591" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" s="592" t="s">
+        <v>298</v>
+      </c>
+      <c r="B297" s="593" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" s="594" t="s">
+        <v>298</v>
+      </c>
+      <c r="B298" s="595" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" s="596" t="s">
+        <v>298</v>
+      </c>
+      <c r="B299" s="597" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" s="598" t="s">
+        <v>298</v>
+      </c>
+      <c r="B300" s="599" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" s="600" t="s">
+        <v>298</v>
+      </c>
+      <c r="B301" s="601" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" s="602" t="s">
+        <v>298</v>
+      </c>
+      <c r="B302" s="603" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" s="604" t="s">
+        <v>298</v>
+      </c>
+      <c r="B303" s="605" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" s="606" t="s">
+        <v>298</v>
+      </c>
+      <c r="B304" s="607" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" s="608" t="s">
+        <v>298</v>
+      </c>
+      <c r="B305" s="609" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" s="610" t="s">
+        <v>298</v>
+      </c>
+      <c r="B306" s="611" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" s="612" t="s">
+        <v>298</v>
+      </c>
+      <c r="B307" s="613" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" s="614" t="s">
+        <v>298</v>
+      </c>
+      <c r="B308" s="615" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" s="616" t="s">
+        <v>298</v>
+      </c>
+      <c r="B309" s="617" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" s="618" t="s">
+        <v>298</v>
+      </c>
+      <c r="B310" s="619" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" s="620" t="s">
+        <v>336</v>
+      </c>
+      <c r="B311" s="621" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" s="622" t="s">
+        <v>336</v>
+      </c>
+      <c r="B312" s="623" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" s="624" t="s">
+        <v>339</v>
+      </c>
+      <c r="B313" s="625" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" s="626" t="s">
+        <v>339</v>
+      </c>
+      <c r="B314" s="627" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315" s="628" t="s">
+        <v>339</v>
+      </c>
+      <c r="B315" s="629" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" s="630" t="s">
+        <v>339</v>
+      </c>
+      <c r="B316" s="631" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" s="632" t="s">
+        <v>339</v>
+      </c>
+      <c r="B317" s="633" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" s="634" t="s">
+        <v>339</v>
+      </c>
+      <c r="B318" s="635" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" s="636" t="s">
+        <v>339</v>
+      </c>
+      <c r="B319" s="637" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320" s="638" t="s">
+        <v>339</v>
+      </c>
+      <c r="B320" s="639" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" s="640" t="s">
+        <v>339</v>
+      </c>
+      <c r="B321" s="641" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322" s="642" t="s">
+        <v>339</v>
+      </c>
+      <c r="B322" s="643" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323" s="644" t="s">
+        <v>339</v>
+      </c>
+      <c r="B323" s="645" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324" s="646" t="s">
+        <v>339</v>
+      </c>
+      <c r="B324" s="647" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" s="648" t="s">
+        <v>339</v>
+      </c>
+      <c r="B325" s="649" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326" s="650" t="s">
+        <v>339</v>
+      </c>
+      <c r="B326" s="651" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327" s="652" t="s">
+        <v>339</v>
+      </c>
+      <c r="B327" s="653" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" s="654" t="s">
+        <v>339</v>
+      </c>
+      <c r="B328" s="655" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" s="656" t="s">
+        <v>339</v>
+      </c>
+      <c r="B329" s="657" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" s="658" t="s">
+        <v>339</v>
+      </c>
+      <c r="B330" s="659" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" s="660" t="s">
+        <v>339</v>
+      </c>
+      <c r="B331" s="661" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332" s="662" t="s">
+        <v>339</v>
+      </c>
+      <c r="B332" s="663" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333" s="664" t="s">
+        <v>339</v>
+      </c>
+      <c r="B333" s="665" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334" s="666" t="s">
+        <v>339</v>
+      </c>
+      <c r="B334" s="667" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335" s="668" t="s">
+        <v>339</v>
+      </c>
+      <c r="B335" s="669" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336" s="670" t="s">
+        <v>339</v>
+      </c>
+      <c r="B336" s="671" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="337">
+      <c r="A337" s="672" t="s">
+        <v>339</v>
+      </c>
+      <c r="B337" s="673" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="338">
+      <c r="A338" s="674" t="s">
+        <v>339</v>
+      </c>
+      <c r="B338" s="675" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="339">
+      <c r="A339" s="676" t="s">
+        <v>339</v>
+      </c>
+      <c r="B339" s="677" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="340">
+      <c r="A340" s="678" t="s">
+        <v>339</v>
+      </c>
+      <c r="B340" s="679" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="341">
+      <c r="A341" s="680" t="s">
+        <v>339</v>
+      </c>
+      <c r="B341" s="681" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="342">
+      <c r="A342" s="682" t="s">
+        <v>339</v>
+      </c>
+      <c r="B342" s="683" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="343">
+      <c r="A343" s="684" t="s">
+        <v>339</v>
+      </c>
+      <c r="B343" s="685" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="344">
+      <c r="A344" s="686" t="s">
+        <v>339</v>
+      </c>
+      <c r="B344" s="687" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="345">
+      <c r="A345" s="688" t="s">
+        <v>339</v>
+      </c>
+      <c r="B345" s="689" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="346">
+      <c r="A346" s="690" t="s">
+        <v>339</v>
+      </c>
+      <c r="B346" s="691" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="347">
+      <c r="A347" s="692" t="s">
+        <v>339</v>
+      </c>
+      <c r="B347" s="693" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="348">
+      <c r="A348" s="694" t="s">
+        <v>339</v>
+      </c>
+      <c r="B348" s="695" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="349">
+      <c r="A349" s="696" t="s">
+        <v>339</v>
+      </c>
+      <c r="B349" s="697" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350" s="698" t="s">
+        <v>377</v>
+      </c>
+      <c r="B350" s="699" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="351">
+      <c r="A351" s="700" t="s">
+        <v>377</v>
+      </c>
+      <c r="B351" s="701" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="352">
+      <c r="A352" s="702" t="s">
+        <v>377</v>
+      </c>
+      <c r="B352" s="703" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="353">
+      <c r="A353" s="704" t="s">
+        <v>377</v>
+      </c>
+      <c r="B353" s="705" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="354">
+      <c r="A354" s="706" t="s">
+        <v>377</v>
+      </c>
+      <c r="B354" s="707" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="355">
+      <c r="A355" s="708" t="s">
+        <v>377</v>
+      </c>
+      <c r="B355" s="709" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356" s="710" t="s">
+        <v>377</v>
+      </c>
+      <c r="B356" s="711" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="357">
+      <c r="A357" s="712" t="s">
+        <v>377</v>
+      </c>
+      <c r="B357" s="713" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="358">
+      <c r="A358" s="714" t="s">
+        <v>377</v>
+      </c>
+      <c r="B358" s="715" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359" s="716" t="s">
+        <v>377</v>
+      </c>
+      <c r="B359" s="717" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360" s="718" t="s">
+        <v>388</v>
+      </c>
+      <c r="B360" s="719" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="361">
+      <c r="A361" s="720" t="s">
+        <v>388</v>
+      </c>
+      <c r="B361" s="721" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="362">
+      <c r="A362" s="722" t="s">
+        <v>388</v>
+      </c>
+      <c r="B362" s="723" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="363">
+      <c r="A363" s="724" t="s">
+        <v>392</v>
+      </c>
+      <c r="B363" s="725" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" s="726" t="s">
+        <v>392</v>
+      </c>
+      <c r="B364" s="727" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="365">
+      <c r="A365" s="728" t="s">
+        <v>392</v>
+      </c>
+      <c r="B365" s="729" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="366">
+      <c r="A366" s="730" t="s">
+        <v>396</v>
+      </c>
+      <c r="B366" s="731" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="367">
+      <c r="A367" s="732" t="s">
+        <v>396</v>
+      </c>
+      <c r="B367" s="733" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368" s="734" t="s">
+        <v>396</v>
+      </c>
+      <c r="B368" s="735" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369" s="736" t="s">
+        <v>396</v>
+      </c>
+      <c r="B369" s="737" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370" s="738" t="s">
+        <v>396</v>
+      </c>
+      <c r="B370" s="739" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371" s="740" t="s">
+        <v>396</v>
+      </c>
+      <c r="B371" s="741" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372" s="742" t="s">
+        <v>403</v>
+      </c>
+      <c r="B372" s="743" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373" s="744" t="s">
+        <v>403</v>
+      </c>
+      <c r="B373" s="745" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374" s="746" t="s">
+        <v>403</v>
+      </c>
+      <c r="B374" s="747" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="375">
+      <c r="A375" s="748" t="s">
+        <v>403</v>
+      </c>
+      <c r="B375" s="749" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="376">
+      <c r="A376" s="750" t="s">
+        <v>403</v>
+      </c>
+      <c r="B376" s="751" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="377">
+      <c r="A377" s="752" t="s">
+        <v>403</v>
+      </c>
+      <c r="B377" s="753" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="378">
+      <c r="A378" s="754" t="s">
+        <v>403</v>
+      </c>
+      <c r="B378" s="755" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="379">
+      <c r="A379" s="756" t="s">
+        <v>403</v>
+      </c>
+      <c r="B379" s="757" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="380">
+      <c r="A380" s="758" t="s">
+        <v>403</v>
+      </c>
+      <c r="B380" s="759" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="381">
+      <c r="A381" s="760" t="s">
+        <v>403</v>
+      </c>
+      <c r="B381" s="761" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="382">
+      <c r="A382" s="762" t="s">
+        <v>414</v>
+      </c>
+      <c r="B382" s="763" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="383">
+      <c r="A383" s="764" t="s">
+        <v>414</v>
+      </c>
+      <c r="B383" s="765" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="384">
+      <c r="A384" s="766" t="s">
+        <v>414</v>
+      </c>
+      <c r="B384" s="767" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="385">
+      <c r="A385" s="768" t="s">
+        <v>418</v>
+      </c>
+      <c r="B385" s="769" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="386">
+      <c r="A386" s="770" t="s">
+        <v>418</v>
+      </c>
+      <c r="B386" s="771" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="387">
+      <c r="A387" s="772" t="s">
+        <v>418</v>
+      </c>
+      <c r="B387" s="773" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="388">
+      <c r="A388" s="774" t="s">
+        <v>418</v>
+      </c>
+      <c r="B388" s="775" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="389">
+      <c r="A389" s="776" t="s">
+        <v>418</v>
+      </c>
+      <c r="B389" s="777" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="390">
+      <c r="A390" s="778" t="s">
+        <v>418</v>
+      </c>
+      <c r="B390" s="779" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="391">
+      <c r="A391" s="780" t="s">
+        <v>418</v>
+      </c>
+      <c r="B391" s="781" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="392">
+      <c r="A392" s="782" t="s">
+        <v>418</v>
+      </c>
+      <c r="B392" s="783" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="393">
+      <c r="A393" s="784" t="s">
+        <v>418</v>
+      </c>
+      <c r="B393" s="785" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="394">
+      <c r="A394" s="786" t="s">
+        <v>428</v>
+      </c>
+      <c r="B394" s="787" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="395">
+      <c r="A395" s="788" t="s">
+        <v>428</v>
+      </c>
+      <c r="B395" s="789" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="396">
+      <c r="A396" s="790" t="s">
+        <v>428</v>
+      </c>
+      <c r="B396" s="791" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="397">
+      <c r="A397" s="792" t="s">
+        <v>432</v>
+      </c>
+      <c r="B397" s="793" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="398">
+      <c r="A398" s="794" t="s">
+        <v>432</v>
+      </c>
+      <c r="B398" s="795" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="399">
+      <c r="A399" s="796" t="s">
+        <v>435</v>
+      </c>
+      <c r="B399" s="797" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="400">
+      <c r="A400" s="798" t="s">
+        <v>435</v>
+      </c>
+      <c r="B400" s="799" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="401">
+      <c r="A401" s="800" t="s">
+        <v>435</v>
+      </c>
+      <c r="B401" s="801" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="402">
+      <c r="A402" s="802" t="s">
+        <v>435</v>
+      </c>
+      <c r="B402" s="803" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="403">
+      <c r="A403" s="804" t="s">
+        <v>435</v>
+      </c>
+      <c r="B403" s="805" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="404">
+      <c r="A404" s="806" t="s">
+        <v>435</v>
+      </c>
+      <c r="B404" s="807" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="405">
+      <c r="A405" s="808" t="s">
+        <v>435</v>
+      </c>
+      <c r="B405" s="809" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="406">
+      <c r="A406" s="810" t="s">
+        <v>443</v>
+      </c>
+      <c r="B406" s="811" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="407">
+      <c r="A407" s="812" t="s">
+        <v>445</v>
+      </c>
+      <c r="B407" s="813" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="408">
+      <c r="A408" s="814" t="s">
+        <v>447</v>
+      </c>
+      <c r="B408" s="815" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="409">
+      <c r="A409" s="816" t="s">
+        <v>447</v>
+      </c>
+      <c r="B409" s="817" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="410">
+      <c r="A410" s="818" t="s">
+        <v>450</v>
+      </c>
+      <c r="B410" s="819" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="411">
+      <c r="A411" s="820" t="s">
+        <v>450</v>
+      </c>
+      <c r="B411" s="821" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="412">
+      <c r="A412" s="822" t="s">
+        <v>450</v>
+      </c>
+      <c r="B412" s="823" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="413">
+      <c r="A413" s="824" t="s">
+        <v>450</v>
+      </c>
+      <c r="B413" s="825" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="414">
+      <c r="A414" s="826" t="s">
+        <v>450</v>
+      </c>
+      <c r="B414" s="827" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="415">
+      <c r="A415" s="828" t="s">
+        <v>450</v>
+      </c>
+      <c r="B415" s="829" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="416">
+      <c r="A416" s="830" t="s">
+        <v>450</v>
+      </c>
+      <c r="B416" s="831" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="417">
+      <c r="A417" s="832" t="s">
+        <v>450</v>
+      </c>
+      <c r="B417" s="833" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="418">
+      <c r="A418" s="834" t="s">
+        <v>450</v>
+      </c>
+      <c r="B418" s="835" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="419">
+      <c r="A419" s="836" t="s">
+        <v>450</v>
+      </c>
+      <c r="B419" s="837" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="420">
+      <c r="A420" s="838" t="s">
+        <v>450</v>
+      </c>
+      <c r="B420" s="839" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="421">
+      <c r="A421" s="840" t="s">
+        <v>450</v>
+      </c>
+      <c r="B421" s="841" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="422">
+      <c r="A422" s="842" t="s">
+        <v>450</v>
+      </c>
+      <c r="B422" s="843" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="423">
+      <c r="A423" s="844" t="s">
+        <v>450</v>
+      </c>
+      <c r="B423" s="845" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="424">
+      <c r="A424" s="846" t="s">
+        <v>450</v>
+      </c>
+      <c r="B424" s="847" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="425">
+      <c r="A425" s="848" t="s">
+        <v>450</v>
+      </c>
+      <c r="B425" s="849" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="426">
+      <c r="A426" s="850" t="s">
+        <v>450</v>
+      </c>
+      <c r="B426" s="851" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="427">
+      <c r="A427" s="852" t="s">
+        <v>450</v>
+      </c>
+      <c r="B427" s="853" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="428">
+      <c r="A428" s="854" t="s">
+        <v>450</v>
+      </c>
+      <c r="B428" s="855" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="429">
+      <c r="A429" s="856" t="s">
+        <v>450</v>
+      </c>
+      <c r="B429" s="857" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="430">
+      <c r="A430" s="858" t="s">
+        <v>450</v>
+      </c>
+      <c r="B430" s="859" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="431">
+      <c r="A431" s="860" t="s">
+        <v>450</v>
+      </c>
+      <c r="B431" s="861" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="432">
+      <c r="A432" s="862" t="s">
+        <v>450</v>
+      </c>
+      <c r="B432" s="863" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="433">
+      <c r="A433" s="864" t="s">
+        <v>474</v>
+      </c>
+      <c r="B433" s="865" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="434">
+      <c r="A434" s="866" t="s">
+        <v>474</v>
+      </c>
+      <c r="B434" s="867" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="435">
+      <c r="A435" s="868" t="s">
+        <v>474</v>
+      </c>
+      <c r="B435" s="869" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="436">
+      <c r="A436" s="870" t="s">
+        <v>474</v>
+      </c>
+      <c r="B436" s="871" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="437">
+      <c r="A437" s="872" t="s">
+        <v>474</v>
+      </c>
+      <c r="B437" s="873" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="438">
+      <c r="A438" s="874" t="s">
+        <v>474</v>
+      </c>
+      <c r="B438" s="875" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="439">
+      <c r="A439" s="876" t="s">
+        <v>474</v>
+      </c>
+      <c r="B439" s="877" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="440">
+      <c r="A440" s="878" t="s">
+        <v>474</v>
+      </c>
+      <c r="B440" s="879" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="441">
+      <c r="A441" s="880" t="s">
+        <v>474</v>
+      </c>
+      <c r="B441" s="881" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="442">
+      <c r="A442" s="882" t="s">
+        <v>474</v>
+      </c>
+      <c r="B442" s="883" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="443">
+      <c r="A443" s="884" t="s">
+        <v>474</v>
+      </c>
+      <c r="B443" s="885" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="444">
+      <c r="A444" s="886" t="s">
+        <v>474</v>
+      </c>
+      <c r="B444" s="887" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="445">
+      <c r="A445" s="888" t="s">
+        <v>474</v>
+      </c>
+      <c r="B445" s="889" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="446">
+      <c r="A446" s="890" t="s">
+        <v>474</v>
+      </c>
+      <c r="B446" s="891" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="447">
+      <c r="A447" s="892" t="s">
+        <v>474</v>
+      </c>
+      <c r="B447" s="893" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="448">
+      <c r="A448" s="894" t="s">
+        <v>474</v>
+      </c>
+      <c r="B448" s="895" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="449">
+      <c r="A449" s="896" t="s">
+        <v>474</v>
+      </c>
+      <c r="B449" s="897" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="450">
+      <c r="A450" s="898" t="s">
+        <v>474</v>
+      </c>
+      <c r="B450" s="899" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451" s="900" t="s">
+        <v>493</v>
+      </c>
+      <c r="B451" s="901" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="452">
+      <c r="A452" s="902" t="s">
+        <v>493</v>
+      </c>
+      <c r="B452" s="903" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="453">
+      <c r="A453" s="904" t="s">
+        <v>493</v>
+      </c>
+      <c r="B453" s="905" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="454">
+      <c r="A454" s="906" t="s">
+        <v>493</v>
+      </c>
+      <c r="B454" s="907" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="455">
+      <c r="A455" s="908" t="s">
+        <v>498</v>
+      </c>
+      <c r="B455" s="909" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456" s="910" t="s">
+        <v>498</v>
+      </c>
+      <c r="B456" s="911" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457" s="912" t="s">
+        <v>498</v>
+      </c>
+      <c r="B457" s="913" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458" s="914" t="s">
+        <v>498</v>
+      </c>
+      <c r="B458" s="915" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459" s="916" t="s">
+        <v>498</v>
+      </c>
+      <c r="B459" s="917" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460" s="918" t="s">
+        <v>498</v>
+      </c>
+      <c r="B460" s="919" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="461">
+      <c r="A461" s="920" t="s">
+        <v>498</v>
+      </c>
+      <c r="B461" s="921" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="462">
+      <c r="A462" s="922" t="s">
+        <v>498</v>
+      </c>
+      <c r="B462" s="923" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463" s="924" t="s">
+        <v>498</v>
+      </c>
+      <c r="B463" s="925" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="464">
+      <c r="A464" s="926" t="s">
+        <v>498</v>
+      </c>
+      <c r="B464" s="927" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="465">
+      <c r="A465" s="928" t="s">
+        <v>498</v>
+      </c>
+      <c r="B465" s="929" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466" s="930" t="s">
+        <v>498</v>
+      </c>
+      <c r="B466" s="931" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="467">
+      <c r="A467" s="932" t="s">
+        <v>498</v>
+      </c>
+      <c r="B467" s="933" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="468">
+      <c r="A468" s="934" t="s">
+        <v>498</v>
+      </c>
+      <c r="B468" s="935" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="469">
+      <c r="A469" s="936" t="s">
+        <v>498</v>
+      </c>
+      <c r="B469" s="937" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="470">
+      <c r="A470" s="938" t="s">
+        <v>498</v>
+      </c>
+      <c r="B470" s="939" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="471">
+      <c r="A471" s="940" t="s">
+        <v>498</v>
+      </c>
+      <c r="B471" s="941" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="472">
+      <c r="A472" s="942" t="s">
+        <v>498</v>
+      </c>
+      <c r="B472" s="943" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="473">
+      <c r="A473" s="944" t="s">
+        <v>498</v>
+      </c>
+      <c r="B473" s="945" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="474">
+      <c r="A474" s="946" t="s">
+        <v>498</v>
+      </c>
+      <c r="B474" s="947" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="475">
+      <c r="A475" s="948" t="s">
+        <v>498</v>
+      </c>
+      <c r="B475" s="949" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="476">
+      <c r="A476" s="950" t="s">
+        <v>498</v>
+      </c>
+      <c r="B476" s="951" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="477">
+      <c r="A477" s="952" t="s">
+        <v>521</v>
+      </c>
+      <c r="B477" s="953" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="478">
+      <c r="A478" s="954" t="s">
+        <v>521</v>
+      </c>
+      <c r="B478" s="955" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="479">
+      <c r="A479" s="956" t="s">
+        <v>521</v>
+      </c>
+      <c r="B479" s="957" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="480">
+      <c r="A480" s="958" t="s">
+        <v>521</v>
+      </c>
+      <c r="B480" s="959" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="481">
+      <c r="A481" s="960" t="s">
+        <v>521</v>
+      </c>
+      <c r="B481" s="961" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="482">
+      <c r="A482" s="962" t="s">
+        <v>521</v>
+      </c>
+      <c r="B482" s="963" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483" s="964" t="s">
+        <v>521</v>
+      </c>
+      <c r="B483" s="965" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484" s="966" t="s">
+        <v>521</v>
+      </c>
+      <c r="B484" s="967" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="485">
+      <c r="A485" s="968" t="s">
+        <v>521</v>
+      </c>
+      <c r="B485" s="969" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="486">
+      <c r="A486" s="970" t="s">
+        <v>521</v>
+      </c>
+      <c r="B486" s="971" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="487">
+      <c r="A487" s="972" t="s">
+        <v>521</v>
+      </c>
+      <c r="B487" s="973" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="488">
+      <c r="A488" s="974" t="s">
+        <v>533</v>
+      </c>
+      <c r="B488" s="975" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="489">
+      <c r="A489" s="976" t="s">
+        <v>533</v>
+      </c>
+      <c r="B489" s="977" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="490">
+      <c r="A490" s="978" t="s">
+        <v>533</v>
+      </c>
+      <c r="B490" s="979" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="491">
+      <c r="A491" s="980" t="s">
+        <v>537</v>
+      </c>
+      <c r="B491" s="981" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="492">
+      <c r="A492" s="982" t="s">
+        <v>537</v>
+      </c>
+      <c r="B492" s="983" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="493">
+      <c r="A493" s="984" t="s">
+        <v>537</v>
+      </c>
+      <c r="B493" s="985" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="494">
+      <c r="A494" s="986" t="s">
+        <v>537</v>
+      </c>
+      <c r="B494" s="987" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="495">
+      <c r="A495" s="988" t="s">
+        <v>537</v>
+      </c>
+      <c r="B495" s="989" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="496">
+      <c r="A496" s="990" t="s">
+        <v>537</v>
+      </c>
+      <c r="B496" s="991" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="497">
+      <c r="A497" s="992" t="s">
+        <v>537</v>
+      </c>
+      <c r="B497" s="993" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="498">
+      <c r="A498" s="994" t="s">
+        <v>537</v>
+      </c>
+      <c r="B498" s="995" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="499">
+      <c r="A499" s="996" t="s">
+        <v>537</v>
+      </c>
+      <c r="B499" s="997" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="500">
+      <c r="A500" s="998" t="s">
+        <v>537</v>
+      </c>
+      <c r="B500" s="999" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="501">
+      <c r="A501" s="1000" t="s">
+        <v>537</v>
+      </c>
+      <c r="B501" s="1001" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="502">
+      <c r="A502" s="1002" t="s">
+        <v>537</v>
+      </c>
+      <c r="B502" s="1003" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="503">
+      <c r="A503" s="1004" t="s">
+        <v>537</v>
+      </c>
+      <c r="B503" s="1005" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="504">
+      <c r="A504" s="1006" t="s">
+        <v>537</v>
+      </c>
+      <c r="B504" s="1007" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="505">
+      <c r="A505" s="1008" t="s">
+        <v>537</v>
+      </c>
+      <c r="B505" s="1009" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="506">
+      <c r="A506" s="1010" t="s">
+        <v>537</v>
+      </c>
+      <c r="B506" s="1011" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="507">
+      <c r="A507" s="1012" t="s">
+        <v>537</v>
+      </c>
+      <c r="B507" s="1013" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="508">
+      <c r="A508" s="1014" t="s">
+        <v>537</v>
+      </c>
+      <c r="B508" s="1015" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="509">
+      <c r="A509" s="1016" t="s">
+        <v>537</v>
+      </c>
+      <c r="B509" s="1017" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="510">
+      <c r="A510" s="1018" t="s">
+        <v>537</v>
+      </c>
+      <c r="B510" s="1019" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="511">
+      <c r="A511" s="1020" t="s">
+        <v>537</v>
+      </c>
+      <c r="B511" s="1021" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="512">
+      <c r="A512" s="1022" t="s">
+        <v>537</v>
+      </c>
+      <c r="B512" s="1023" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="513">
+      <c r="A513" s="1024" t="s">
+        <v>537</v>
+      </c>
+      <c r="B513" s="1025" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="514">
+      <c r="A514" s="1026" t="s">
+        <v>537</v>
+      </c>
+      <c r="B514" s="1027" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="515">
+      <c r="A515" s="1028" t="s">
+        <v>537</v>
+      </c>
+      <c r="B515" s="1029" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="516">
+      <c r="A516" s="1030" t="s">
+        <v>537</v>
+      </c>
+      <c r="B516" s="1031" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="517">
+      <c r="A517" s="1032" t="s">
+        <v>537</v>
+      </c>
+      <c r="B517" s="1033" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="518">
+      <c r="A518" s="1034" t="s">
+        <v>537</v>
+      </c>
+      <c r="B518" s="1035" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="519">
+      <c r="A519" s="1036" t="s">
+        <v>537</v>
+      </c>
+      <c r="B519" s="1037" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="520">
+      <c r="A520" s="1038" t="s">
+        <v>537</v>
+      </c>
+      <c r="B520" s="1039" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="521">
+      <c r="A521" s="1040" t="s">
+        <v>537</v>
+      </c>
+      <c r="B521" s="1041" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="522">
+      <c r="A522" s="1042" t="s">
+        <v>537</v>
+      </c>
+      <c r="B522" s="1043" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="523">
+      <c r="A523" s="1044" t="s">
+        <v>537</v>
+      </c>
+      <c r="B523" s="1045" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="524">
+      <c r="A524" s="1046" t="s">
+        <v>537</v>
+      </c>
+      <c r="B524" s="1047" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="525">
+      <c r="A525" s="1048" t="s">
+        <v>537</v>
+      </c>
+      <c r="B525" s="1049" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="526">
+      <c r="A526" s="1050" t="s">
+        <v>537</v>
+      </c>
+      <c r="B526" s="1051" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="527">
+      <c r="A527" s="1052" t="s">
+        <v>537</v>
+      </c>
+      <c r="B527" s="1053" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="528">
+      <c r="A528" s="1054" t="s">
+        <v>537</v>
+      </c>
+      <c r="B528" s="1055" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="529">
+      <c r="A529" s="1056" t="s">
+        <v>537</v>
+      </c>
+      <c r="B529" s="1057" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="530">
+      <c r="A530" s="1058" t="s">
+        <v>537</v>
+      </c>
+      <c r="B530" s="1059" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="531">
+      <c r="A531" s="1060" t="s">
+        <v>537</v>
+      </c>
+      <c r="B531" s="1061" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="532">
+      <c r="A532" s="1062" t="s">
+        <v>537</v>
+      </c>
+      <c r="B532" s="1063" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="533">
+      <c r="A533" s="1064" t="s">
+        <v>537</v>
+      </c>
+      <c r="B533" s="1065" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="534">
+      <c r="A534" s="1066" t="s">
+        <v>537</v>
+      </c>
+      <c r="B534" s="1067" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="535">
+      <c r="A535" s="1068" t="s">
+        <v>537</v>
+      </c>
+      <c r="B535" s="1069" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="536">
+      <c r="A536" s="1070" t="s">
+        <v>537</v>
+      </c>
+      <c r="B536" s="1071" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="537">
+      <c r="A537" s="1072" t="s">
+        <v>537</v>
+      </c>
+      <c r="B537" s="1073" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="538">
+      <c r="A538" s="1074" t="s">
+        <v>537</v>
+      </c>
+      <c r="B538" s="1075" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="539">
+      <c r="A539" s="1076" t="s">
+        <v>586</v>
+      </c>
+      <c r="B539" s="1077" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="540">
+      <c r="A540" s="1078" t="s">
+        <v>588</v>
+      </c>
+      <c r="B540" s="1079" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="541">
+      <c r="A541" s="1080" t="s">
+        <v>588</v>
+      </c>
+      <c r="B541" s="1081" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="542">
+      <c r="A542" s="1082" t="s">
+        <v>591</v>
+      </c>
+      <c r="B542" s="1083" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="543">
+      <c r="A543" s="1084" t="s">
+        <v>591</v>
+      </c>
+      <c r="B543" s="1085" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="544">
+      <c r="A544" s="1086" t="s">
+        <v>591</v>
+      </c>
+      <c r="B544" s="1087" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="545">
+      <c r="A545" s="1088" t="s">
+        <v>591</v>
+      </c>
+      <c r="B545" s="1089" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="546">
+      <c r="A546" s="1090" t="s">
+        <v>591</v>
+      </c>
+      <c r="B546" s="1091" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="547">
+      <c r="A547" s="1092" t="s">
+        <v>591</v>
+      </c>
+      <c r="B547" s="1093" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="548">
+      <c r="A548" s="1094" t="s">
+        <v>591</v>
+      </c>
+      <c r="B548" s="1095" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="549">
+      <c r="A549" s="1096" t="s">
+        <v>599</v>
+      </c>
+      <c r="B549" s="1097" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="550">
+      <c r="A550" s="1098" t="s">
+        <v>599</v>
+      </c>
+      <c r="B550" s="1099" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="551">
+      <c r="A551" s="1100" t="s">
+        <v>599</v>
+      </c>
+      <c r="B551" s="1101" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="552">
+      <c r="A552" s="1102" t="s">
+        <v>599</v>
+      </c>
+      <c r="B552" s="1103" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="553">
+      <c r="A553" s="1104" t="s">
+        <v>599</v>
+      </c>
+      <c r="B553" s="1105" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="554">
+      <c r="A554" s="1106" t="s">
+        <v>599</v>
+      </c>
+      <c r="B554" s="1107" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="555">
+      <c r="A555" s="1108" t="s">
+        <v>599</v>
+      </c>
+      <c r="B555" s="1109" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="556">
+      <c r="A556" s="1110" t="s">
+        <v>599</v>
+      </c>
+      <c r="B556" s="1111" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="557">
+      <c r="A557" s="1112" t="s">
+        <v>599</v>
+      </c>
+      <c r="B557" s="1113" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="558">
+      <c r="A558" s="1114" t="s">
+        <v>599</v>
+      </c>
+      <c r="B558" s="1115" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="559">
+      <c r="A559" s="1116" t="s">
+        <v>599</v>
+      </c>
+      <c r="B559" s="1117" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="560">
+      <c r="A560" s="1118" t="s">
+        <v>599</v>
+      </c>
+      <c r="B560" s="1119" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="561">
+      <c r="A561" s="1120" t="s">
+        <v>599</v>
+      </c>
+      <c r="B561" s="1121" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="562">
+      <c r="A562" s="1122" t="s">
+        <v>599</v>
+      </c>
+      <c r="B562" s="1123" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="563">
+      <c r="A563" s="1124" t="s">
+        <v>599</v>
+      </c>
+      <c r="B563" s="1125" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="564">
+      <c r="A564" s="1126" t="s">
+        <v>599</v>
+      </c>
+      <c r="B564" s="1127" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="565">
+      <c r="A565" s="1128" t="s">
+        <v>599</v>
+      </c>
+      <c r="B565" s="1129" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="566">
+      <c r="A566" s="1130" t="s">
+        <v>599</v>
+      </c>
+      <c r="B566" s="1131" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="567">
+      <c r="A567" s="1132" t="s">
+        <v>599</v>
+      </c>
+      <c r="B567" s="1133" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="568">
+      <c r="A568" s="1134" t="s">
+        <v>599</v>
+      </c>
+      <c r="B568" s="1135" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="569">
+      <c r="A569" s="1136" t="s">
+        <v>599</v>
+      </c>
+      <c r="B569" s="1137" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="570">
+      <c r="A570" s="1138" t="s">
+        <v>599</v>
+      </c>
+      <c r="B570" s="1139" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="571">
+      <c r="A571" s="1140" t="s">
+        <v>599</v>
+      </c>
+      <c r="B571" s="1141" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="572">
+      <c r="A572" s="1142" t="s">
+        <v>599</v>
+      </c>
+      <c r="B572" s="1143" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="573">
+      <c r="A573" s="1144" t="s">
+        <v>599</v>
+      </c>
+      <c r="B573" s="1145" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="574">
+      <c r="A574" s="1146" t="s">
+        <v>599</v>
+      </c>
+      <c r="B574" s="1147" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="575">
+      <c r="A575" s="1148" t="s">
+        <v>599</v>
+      </c>
+      <c r="B575" s="1149" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="576">
+      <c r="A576" s="1150" t="s">
+        <v>599</v>
+      </c>
+      <c r="B576" s="1151" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="577">
+      <c r="A577" s="1152" t="s">
+        <v>599</v>
+      </c>
+      <c r="B577" s="1153" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="578">
+      <c r="A578" s="1154" t="s">
+        <v>599</v>
+      </c>
+      <c r="B578" s="1155" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="579">
+      <c r="A579" s="1156" t="s">
+        <v>599</v>
+      </c>
+      <c r="B579" s="1157" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="580">
+      <c r="A580" s="1158" t="s">
+        <v>599</v>
+      </c>
+      <c r="B580" s="1159" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="581">
+      <c r="A581" s="1160" t="s">
+        <v>599</v>
+      </c>
+      <c r="B581" s="1161" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="582">
+      <c r="A582" s="1162" t="s">
+        <v>599</v>
+      </c>
+      <c r="B582" s="1163" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="583">
+      <c r="A583" s="1164" t="s">
+        <v>599</v>
+      </c>
+      <c r="B583" s="1165" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="584">
+      <c r="A584" s="1166" t="s">
+        <v>599</v>
+      </c>
+      <c r="B584" s="1167" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="585">
+      <c r="A585" s="1168" t="s">
+        <v>599</v>
+      </c>
+      <c r="B585" s="1169" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="586">
+      <c r="A586" s="1170" t="s">
+        <v>599</v>
+      </c>
+      <c r="B586" s="1171" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="587">
+      <c r="A587" s="1172" t="s">
+        <v>599</v>
+      </c>
+      <c r="B587" s="1173" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="588">
+      <c r="A588" s="1174" t="s">
+        <v>599</v>
+      </c>
+      <c r="B588" s="1175" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="589">
+      <c r="A589" s="1176" t="s">
+        <v>599</v>
+      </c>
+      <c r="B589" s="1177" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="590">
+      <c r="A590" s="1178" t="s">
+        <v>599</v>
+      </c>
+      <c r="B590" s="1179" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="591">
+      <c r="A591" s="1180" t="s">
+        <v>599</v>
+      </c>
+      <c r="B591" s="1181" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="592">
+      <c r="A592" s="1182" t="s">
+        <v>599</v>
+      </c>
+      <c r="B592" s="1183" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="593">
+      <c r="A593" s="1184" t="s">
+        <v>599</v>
+      </c>
+      <c r="B593" s="1185" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="594">
+      <c r="A594" s="1186" t="s">
+        <v>599</v>
+      </c>
+      <c r="B594" s="1187" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="595">
+      <c r="A595" s="1188" t="s">
+        <v>599</v>
+      </c>
+      <c r="B595" s="1189" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="596">
+      <c r="A596" s="1190" t="s">
+        <v>599</v>
+      </c>
+      <c r="B596" s="1191" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="597">
+      <c r="A597" s="1192" t="s">
+        <v>599</v>
+      </c>
+      <c r="B597" s="1193" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="598">
+      <c r="A598" s="1194" t="s">
+        <v>599</v>
+      </c>
+      <c r="B598" s="1195" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="599">
+      <c r="A599" s="1196" t="s">
+        <v>599</v>
+      </c>
+      <c r="B599" s="1197" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="600">
+      <c r="A600" s="1198" t="s">
+        <v>599</v>
+      </c>
+      <c r="B600" s="1199" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="601">
+      <c r="A601" s="1200" t="s">
+        <v>599</v>
+      </c>
+      <c r="B601" s="1201" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="602">
+      <c r="A602" s="1202" t="s">
+        <v>599</v>
+      </c>
+      <c r="B602" s="1203" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="603">
+      <c r="A603" s="1204" t="s">
+        <v>599</v>
+      </c>
+      <c r="B603" s="1205" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="604">
+      <c r="A604" s="1206" t="s">
+        <v>599</v>
+      </c>
+      <c r="B604" s="1207" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="605">
+      <c r="A605" s="1208" t="s">
+        <v>599</v>
+      </c>
+      <c r="B605" s="1209" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="606">
+      <c r="A606" s="1210" t="s">
+        <v>599</v>
+      </c>
+      <c r="B606" s="1211" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="607">
+      <c r="A607" s="1212" t="s">
+        <v>599</v>
+      </c>
+      <c r="B607" s="1213" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="608">
+      <c r="A608" s="1214" t="s">
+        <v>599</v>
+      </c>
+      <c r="B608" s="1215" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="609">
+      <c r="A609" s="1216" t="s">
+        <v>599</v>
+      </c>
+      <c r="B609" s="1217" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="610">
+      <c r="A610" s="1218" t="s">
+        <v>599</v>
+      </c>
+      <c r="B610" s="1219" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="611">
+      <c r="A611" s="1220" t="s">
+        <v>599</v>
+      </c>
+      <c r="B611" s="1221" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="612">
+      <c r="A612" s="1222" t="s">
+        <v>599</v>
+      </c>
+      <c r="B612" s="1223" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="613">
+      <c r="A613" s="1224" t="s">
+        <v>664</v>
+      </c>
+      <c r="B613" s="1225" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="614">
+      <c r="A614" s="1226" t="s">
+        <v>664</v>
+      </c>
+      <c r="B614" s="1227" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="615">
+      <c r="A615" s="1228" t="s">
+        <v>664</v>
+      </c>
+      <c r="B615" s="1229" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="616">
+      <c r="A616" s="1230" t="s">
+        <v>664</v>
+      </c>
+      <c r="B616" s="1231" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="617">
+      <c r="A617" s="1232" t="s">
+        <v>664</v>
+      </c>
+      <c r="B617" s="1233" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="618">
+      <c r="A618" s="1234" t="s">
+        <v>664</v>
+      </c>
+      <c r="B618" s="1235" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="619">
+      <c r="A619" s="1236" t="s">
+        <v>664</v>
+      </c>
+      <c r="B619" s="1237" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="620">
+      <c r="A620" s="1238" t="s">
+        <v>664</v>
+      </c>
+      <c r="B620" s="1239" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="621">
+      <c r="A621" s="1240" t="s">
+        <v>664</v>
+      </c>
+      <c r="B621" s="1241" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="622">
+      <c r="A622" s="1242" t="s">
+        <v>664</v>
+      </c>
+      <c r="B622" s="1243" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="623">
+      <c r="A623" s="1244" t="s">
+        <v>664</v>
+      </c>
+      <c r="B623" s="1245" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="624">
+      <c r="A624" s="1246" t="s">
+        <v>664</v>
+      </c>
+      <c r="B624" s="1247" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="625">
+      <c r="A625" s="1248" t="s">
+        <v>677</v>
+      </c>
+      <c r="B625" s="1249" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="626">
+      <c r="A626" s="1250" t="s">
+        <v>679</v>
+      </c>
+      <c r="B626" s="1251" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="627">
+      <c r="A627" s="1252" t="s">
+        <v>679</v>
+      </c>
+      <c r="B627" s="1253" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="628">
+      <c r="A628" s="1254" t="s">
+        <v>679</v>
+      </c>
+      <c r="B628" s="1255" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="629">
+      <c r="A629" s="1256" t="s">
+        <v>679</v>
+      </c>
+      <c r="B629" s="1257" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="630">
+      <c r="A630" s="1258" t="s">
+        <v>679</v>
+      </c>
+      <c r="B630" s="1259" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="631">
+      <c r="A631" s="1260" t="s">
+        <v>679</v>
+      </c>
+      <c r="B631" s="1261" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="632">
+      <c r="A632" s="1262" t="s">
+        <v>679</v>
+      </c>
+      <c r="B632" s="1263" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="633">
+      <c r="A633" s="1264" t="s">
+        <v>679</v>
+      </c>
+      <c r="B633" s="1265" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="634">
+      <c r="A634" s="1266" t="s">
+        <v>679</v>
+      </c>
+      <c r="B634" s="1267" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="635">
+      <c r="A635" s="1268" t="s">
+        <v>679</v>
+      </c>
+      <c r="B635" s="1269" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="636">
+      <c r="A636" s="1270" t="s">
+        <v>679</v>
+      </c>
+      <c r="B636" s="1271" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="637">
+      <c r="A637" s="1272" t="s">
+        <v>679</v>
+      </c>
+      <c r="B637" s="1273" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="638">
+      <c r="A638" s="1274" t="s">
+        <v>692</v>
+      </c>
+      <c r="B638" s="1275" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="639">
+      <c r="A639" s="1276" t="s">
+        <v>692</v>
+      </c>
+      <c r="B639" s="1277" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="640">
+      <c r="A640" s="1278" t="s">
+        <v>692</v>
+      </c>
+      <c r="B640" s="1279" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="641">
+      <c r="A641" s="1280" t="s">
+        <v>692</v>
+      </c>
+      <c r="B641" s="1281" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="642">
+      <c r="A642" s="1282" t="s">
+        <v>692</v>
+      </c>
+      <c r="B642" s="1283" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="643">
+      <c r="A643" s="1284" t="s">
+        <v>692</v>
+      </c>
+      <c r="B643" s="1285" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="644">
+      <c r="A644" s="1286" t="s">
+        <v>692</v>
+      </c>
+      <c r="B644" s="1287" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="645">
+      <c r="A645" s="1288" t="s">
+        <v>700</v>
+      </c>
+      <c r="B645" s="1289" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="646">
+      <c r="A646" s="1290" t="s">
+        <v>700</v>
+      </c>
+      <c r="B646" s="1291" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="647">
+      <c r="A647" s="1292" t="s">
+        <v>700</v>
+      </c>
+      <c r="B647" s="1293" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="648">
+      <c r="A648" s="1294" t="s">
+        <v>700</v>
+      </c>
+      <c r="B648" s="1295" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="649">
+      <c r="A649" s="1296" t="s">
+        <v>700</v>
+      </c>
+      <c r="B649" s="1297" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="650">
+      <c r="A650" s="1298" t="s">
+        <v>700</v>
+      </c>
+      <c r="B650" s="1299" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="651">
+      <c r="A651" s="1300" t="s">
+        <v>700</v>
+      </c>
+      <c r="B651" s="1301" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="652">
+      <c r="A652" s="1302" t="s">
+        <v>700</v>
+      </c>
+      <c r="B652" s="1303" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="653">
+      <c r="A653" s="1304" t="s">
+        <v>700</v>
+      </c>
+      <c r="B653" s="1305" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="654">
+      <c r="A654" s="1306" t="s">
+        <v>700</v>
+      </c>
+      <c r="B654" s="1307" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="655">
+      <c r="A655" s="1308" t="s">
+        <v>700</v>
+      </c>
+      <c r="B655" s="1309" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="656">
+      <c r="A656" s="1310" t="s">
+        <v>700</v>
+      </c>
+      <c r="B656" s="1311" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="657">
+      <c r="A657" s="1312" t="s">
+        <v>700</v>
+      </c>
+      <c r="B657" s="1313" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="658">
+      <c r="A658" s="1314" t="s">
+        <v>700</v>
+      </c>
+      <c r="B658" s="1315" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="659">
+      <c r="A659" s="1316" t="s">
+        <v>700</v>
+      </c>
+      <c r="B659" s="1317" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="660">
+      <c r="A660" s="1318" t="s">
+        <v>700</v>
+      </c>
+      <c r="B660" s="1319" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="661">
+      <c r="A661" s="1320" t="s">
+        <v>700</v>
+      </c>
+      <c r="B661" s="1321" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="662">
+      <c r="A662" s="1322" t="s">
+        <v>700</v>
+      </c>
+      <c r="B662" s="1323" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="663">
+      <c r="A663" s="1324" t="s">
+        <v>700</v>
+      </c>
+      <c r="B663" s="1325" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="664">
+      <c r="A664" s="1326" t="s">
+        <v>700</v>
+      </c>
+      <c r="B664" s="1327" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="665">
+      <c r="A665" s="1328" t="s">
+        <v>700</v>
+      </c>
+      <c r="B665" s="1329" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="666">
+      <c r="A666" s="1330" t="s">
+        <v>700</v>
+      </c>
+      <c r="B666" s="1331" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="667">
+      <c r="A667" s="1332" t="s">
+        <v>700</v>
+      </c>
+      <c r="B667" s="1333" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="668">
+      <c r="A668" s="1334" t="s">
+        <v>700</v>
+      </c>
+      <c r="B668" s="1335" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="669">
+      <c r="A669" s="1336" t="s">
+        <v>725</v>
+      </c>
+      <c r="B669" s="1337" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="670">
+      <c r="A670" s="1338" t="s">
+        <v>725</v>
+      </c>
+      <c r="B670" s="1339" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="671">
+      <c r="A671" s="1340" t="s">
+        <v>725</v>
+      </c>
+      <c r="B671" s="1341" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="672">
+      <c r="A672" s="1342" t="s">
+        <v>725</v>
+      </c>
+      <c r="B672" s="1343" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="673">
+      <c r="A673" s="1344" t="s">
+        <v>725</v>
+      </c>
+      <c r="B673" s="1345" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="674">
+      <c r="A674" s="1346" t="s">
+        <v>725</v>
+      </c>
+      <c r="B674" s="1347" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="675">
+      <c r="A675" s="1348" t="s">
+        <v>725</v>
+      </c>
+      <c r="B675" s="1349" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="676">
+      <c r="A676" s="1350" t="s">
+        <v>725</v>
+      </c>
+      <c r="B676" s="1351" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="677">
+      <c r="A677" s="1352" t="s">
+        <v>725</v>
+      </c>
+      <c r="B677" s="1353" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="678">
+      <c r="A678" s="1354" t="s">
+        <v>725</v>
+      </c>
+      <c r="B678" s="1355" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="679">
+      <c r="A679" s="1356" t="s">
+        <v>725</v>
+      </c>
+      <c r="B679" s="1357" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="680">
+      <c r="A680" s="1358" t="s">
+        <v>725</v>
+      </c>
+      <c r="B680" s="1359" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="681">
+      <c r="A681" s="1360" t="s">
+        <v>725</v>
+      </c>
+      <c r="B681" s="1361" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="682">
+      <c r="A682" s="1362" t="s">
+        <v>725</v>
+      </c>
+      <c r="B682" s="1363" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="683">
+      <c r="A683" s="1364" t="s">
+        <v>725</v>
+      </c>
+      <c r="B683" s="1365" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="684">
+      <c r="A684" s="1366" t="s">
+        <v>725</v>
+      </c>
+      <c r="B684" s="1367" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="685">
+      <c r="A685" s="1368" t="s">
+        <v>725</v>
+      </c>
+      <c r="B685" s="1369" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="686">
+      <c r="A686" s="1370" t="s">
+        <v>725</v>
+      </c>
+      <c r="B686" s="1371" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="687">
+      <c r="A687" s="1372" t="s">
+        <v>725</v>
+      </c>
+      <c r="B687" s="1373" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="688">
+      <c r="A688" s="1374" t="s">
+        <v>725</v>
+      </c>
+      <c r="B688" s="1375" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="689">
+      <c r="A689" s="1376" t="s">
+        <v>725</v>
+      </c>
+      <c r="B689" s="1377" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="690">
+      <c r="A690" s="1378" t="s">
+        <v>725</v>
+      </c>
+      <c r="B690" s="1379" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="691">
+      <c r="A691" s="1380" t="s">
+        <v>725</v>
+      </c>
+      <c r="B691" s="1381" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="692">
+      <c r="A692" s="1382" t="s">
+        <v>725</v>
+      </c>
+      <c r="B692" s="1383" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="693">
+      <c r="A693" s="1384" t="s">
+        <v>725</v>
+      </c>
+      <c r="B693" s="1385" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="694">
+      <c r="A694" s="1386" t="s">
+        <v>751</v>
+      </c>
+      <c r="B694" s="1387" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="695">
+      <c r="A695" s="1388" t="s">
+        <v>751</v>
+      </c>
+      <c r="B695" s="1389" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="696">
+      <c r="A696" s="1390" t="s">
+        <v>751</v>
+      </c>
+      <c r="B696" s="1391" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="697">
+      <c r="A697" s="1392" t="s">
+        <v>751</v>
+      </c>
+      <c r="B697" s="1393" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="698">
+      <c r="A698" s="1394" t="s">
+        <v>751</v>
+      </c>
+      <c r="B698" s="1395" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="699">
+      <c r="A699" s="1396" t="s">
+        <v>751</v>
+      </c>
+      <c r="B699" s="1397" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="700">
+      <c r="A700" s="1398" t="s">
+        <v>751</v>
+      </c>
+      <c r="B700" s="1399" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="701">
+      <c r="A701" s="1400" t="s">
+        <v>751</v>
+      </c>
+      <c r="B701" s="1401" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="702">
+      <c r="A702" s="1402" t="s">
+        <v>751</v>
+      </c>
+      <c r="B702" s="1403" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="703">
+      <c r="A703" s="1404" t="s">
+        <v>751</v>
+      </c>
+      <c r="B703" s="1405" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="704">
+      <c r="A704" s="1406" t="s">
+        <v>751</v>
+      </c>
+      <c r="B704" s="1407" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="705">
+      <c r="A705" s="1408" t="s">
+        <v>751</v>
+      </c>
+      <c r="B705" s="1409" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="706">
+      <c r="A706" s="1410" t="s">
+        <v>751</v>
+      </c>
+      <c r="B706" s="1411" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="707">
+      <c r="A707" s="1412" t="s">
+        <v>751</v>
+      </c>
+      <c r="B707" s="1413" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="708">
+      <c r="A708" s="1414" t="s">
+        <v>751</v>
+      </c>
+      <c r="B708" s="1415" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="709">
+      <c r="A709" s="1416" t="s">
+        <v>751</v>
+      </c>
+      <c r="B709" s="1417" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="710">
+      <c r="A710" s="1418" t="s">
+        <v>751</v>
+      </c>
+      <c r="B710" s="1419" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="711">
+      <c r="A711" s="1420" t="s">
+        <v>751</v>
+      </c>
+      <c r="B711" s="1421" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="712">
+      <c r="A712" s="1422" t="s">
+        <v>770</v>
+      </c>
+      <c r="B712" s="1423" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="713">
+      <c r="A713" s="1424" t="s">
+        <v>770</v>
+      </c>
+      <c r="B713" s="1425" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="714">
+      <c r="A714" s="1426" t="s">
+        <v>773</v>
+      </c>
+      <c r="B714" s="1427" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="715">
+      <c r="A715" s="1428" t="s">
+        <v>773</v>
+      </c>
+      <c r="B715" s="1429" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="716">
+      <c r="A716" s="1430" t="s">
+        <v>773</v>
+      </c>
+      <c r="B716" s="1431" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="717">
+      <c r="A717" s="1432" t="s">
+        <v>773</v>
+      </c>
+      <c r="B717" s="1433" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="718">
+      <c r="A718" s="1434" t="s">
+        <v>773</v>
+      </c>
+      <c r="B718" s="1435" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="719">
+      <c r="A719" s="1436" t="s">
+        <v>773</v>
+      </c>
+      <c r="B719" s="1437" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="720">
+      <c r="A720" s="1438" t="s">
+        <v>773</v>
+      </c>
+      <c r="B720" s="1439" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="721">
+      <c r="A721" s="1440" t="s">
+        <v>773</v>
+      </c>
+      <c r="B721" s="1441" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="722">
+      <c r="A722" s="1442" t="s">
+        <v>773</v>
+      </c>
+      <c r="B722" s="1443" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="723">
+      <c r="A723" s="1444" t="s">
+        <v>783</v>
+      </c>
+      <c r="B723" s="1445" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="724">
+      <c r="A724" s="1446" t="s">
+        <v>783</v>
+      </c>
+      <c r="B724" s="1447" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="725">
+      <c r="A725" s="1448" t="s">
+        <v>783</v>
+      </c>
+      <c r="B725" s="1449" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="726">
+      <c r="A726" s="1450" t="s">
+        <v>783</v>
+      </c>
+      <c r="B726" s="1451" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="727">
+      <c r="A727" s="1452" t="s">
+        <v>783</v>
+      </c>
+      <c r="B727" s="1453" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="728">
+      <c r="A728" s="1454" t="s">
+        <v>783</v>
+      </c>
+      <c r="B728" s="1455" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="729">
+      <c r="A729" s="1456" t="s">
+        <v>783</v>
+      </c>
+      <c r="B729" s="1457" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="730">
+      <c r="A730" s="1458" t="s">
+        <v>783</v>
+      </c>
+      <c r="B730" s="1459" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="731">
+      <c r="A731" s="1460" t="s">
+        <v>783</v>
+      </c>
+      <c r="B731" s="1461" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="732">
+      <c r="A732" s="1462" t="s">
+        <v>783</v>
+      </c>
+      <c r="B732" s="1463" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="733">
+      <c r="A733" s="1464" t="s">
+        <v>783</v>
+      </c>
+      <c r="B733" s="1465" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="734">
+      <c r="A734" s="1466" t="s">
+        <v>783</v>
+      </c>
+      <c r="B734" s="1467" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="735">
+      <c r="A735" s="1468" t="s">
+        <v>783</v>
+      </c>
+      <c r="B735" s="1469" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="736">
+      <c r="A736" s="1470" t="s">
+        <v>783</v>
+      </c>
+      <c r="B736" s="1471" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="737">
+      <c r="A737" s="1472" t="s">
+        <v>783</v>
+      </c>
+      <c r="B737" s="1473" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="738">
+      <c r="A738" s="1474" t="s">
+        <v>799</v>
+      </c>
+      <c r="B738" s="1475" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="739">
+      <c r="A739" s="1476" t="s">
+        <v>799</v>
+      </c>
+      <c r="B739" s="1477" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="740">
+      <c r="A740" s="1478" t="s">
+        <v>799</v>
+      </c>
+      <c r="B740" s="1479" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="741">
+      <c r="A741" s="1480" t="s">
+        <v>799</v>
+      </c>
+      <c r="B741" s="1481" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="742">
+      <c r="A742" s="1482" t="s">
+        <v>799</v>
+      </c>
+      <c r="B742" s="1483" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="743">
+      <c r="A743" s="1484" t="s">
+        <v>799</v>
+      </c>
+      <c r="B743" s="1485" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="744">
+      <c r="A744" s="1486" t="s">
+        <v>799</v>
+      </c>
+      <c r="B744" s="1487" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="745">
+      <c r="A745" s="1488" t="s">
+        <v>799</v>
+      </c>
+      <c r="B745" s="1489" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="746">
+      <c r="A746" s="1490" t="s">
+        <v>799</v>
+      </c>
+      <c r="B746" s="1491" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="747">
+      <c r="A747" s="1492" t="s">
+        <v>799</v>
+      </c>
+      <c r="B747" s="1493" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="748">
+      <c r="A748" s="1494" t="s">
+        <v>799</v>
+      </c>
+      <c r="B748" s="1495" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="749">
+      <c r="A749" s="1496" t="s">
+        <v>799</v>
+      </c>
+      <c r="B749" s="1497" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="750">
+      <c r="A750" s="1498" t="s">
+        <v>799</v>
+      </c>
+      <c r="B750" s="1499" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="751">
+      <c r="A751" s="1500" t="s">
+        <v>799</v>
+      </c>
+      <c r="B751" s="1501" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="752">
+      <c r="A752" s="1502" t="s">
+        <v>799</v>
+      </c>
+      <c r="B752" s="1503" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="753">
+      <c r="A753" s="1504" t="s">
+        <v>799</v>
+      </c>
+      <c r="B753" s="1505" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="754">
+      <c r="A754" s="1506" t="s">
+        <v>799</v>
+      </c>
+      <c r="B754" s="1507" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="755">
+      <c r="A755" s="1508" t="s">
+        <v>799</v>
+      </c>
+      <c r="B755" s="1509" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="756">
+      <c r="A756" s="1510" t="s">
+        <v>799</v>
+      </c>
+      <c r="B756" s="1511" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="757">
+      <c r="A757" s="1512" t="s">
+        <v>799</v>
+      </c>
+      <c r="B757" s="1513" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="758">
+      <c r="A758" s="1514" t="s">
+        <v>799</v>
+      </c>
+      <c r="B758" s="1515" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="759">
+      <c r="A759" s="1516" t="s">
+        <v>799</v>
+      </c>
+      <c r="B759" s="1517" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="760">
+      <c r="A760" s="1518" t="s">
+        <v>799</v>
+      </c>
+      <c r="B760" s="1519" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="761">
+      <c r="A761" s="1520" t="s">
+        <v>799</v>
+      </c>
+      <c r="B761" s="1521" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="762">
+      <c r="A762" s="1522" t="s">
+        <v>799</v>
+      </c>
+      <c r="B762" s="1523" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="763">
+      <c r="A763" s="1524" t="s">
+        <v>799</v>
+      </c>
+      <c r="B763" s="1525" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="764">
+      <c r="A764" s="1526" t="s">
+        <v>799</v>
+      </c>
+      <c r="B764" s="1527" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="765">
+      <c r="A765" s="1528" t="s">
+        <v>799</v>
+      </c>
+      <c r="B765" s="1529" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="766">
+      <c r="A766" s="1530" t="s">
+        <v>828</v>
+      </c>
+      <c r="B766" s="1531" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="767">
+      <c r="A767" s="1532" t="s">
+        <v>828</v>
+      </c>
+      <c r="B767" s="1533" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="768">
+      <c r="A768" s="1534" t="s">
+        <v>828</v>
+      </c>
+      <c r="B768" s="1535" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="769">
+      <c r="A769" s="1536" t="s">
+        <v>832</v>
+      </c>
+      <c r="B769" s="1537" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="770">
+      <c r="A770" s="1538" t="s">
+        <v>832</v>
+      </c>
+      <c r="B770" s="1539" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="771">
+      <c r="A771" s="1540" t="s">
+        <v>832</v>
+      </c>
+      <c r="B771" s="1541" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="772">
+      <c r="A772" s="1542" t="s">
+        <v>836</v>
+      </c>
+      <c r="B772" s="1543" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="773">
+      <c r="A773" s="1544" t="s">
+        <v>836</v>
+      </c>
+      <c r="B773" s="1545" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="774">
+      <c r="A774" s="1546" t="s">
+        <v>836</v>
+      </c>
+      <c r="B774" s="1547" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="775">
+      <c r="A775" s="1548" t="s">
+        <v>836</v>
+      </c>
+      <c r="B775" s="1549" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="776">
+      <c r="A776" s="1550" t="s">
+        <v>836</v>
+      </c>
+      <c r="B776" s="1551" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="777">
+      <c r="A777" s="1552" t="s">
+        <v>842</v>
+      </c>
+      <c r="B777" s="1553" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="778">
+      <c r="A778" s="1554" t="s">
+        <v>842</v>
+      </c>
+      <c r="B778" s="1555" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="779">
+      <c r="A779" s="1556" t="s">
+        <v>842</v>
+      </c>
+      <c r="B779" s="1557" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="780">
+      <c r="A780" s="1558" t="s">
+        <v>846</v>
+      </c>
+      <c r="B780" s="1559" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="781">
+      <c r="A781" s="1560" t="s">
+        <v>846</v>
+      </c>
+      <c r="B781" s="1561" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="782">
+      <c r="A782" s="1562" t="s">
+        <v>846</v>
+      </c>
+      <c r="B782" s="1563" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="783">
+      <c r="A783" s="1564" t="s">
+        <v>846</v>
+      </c>
+      <c r="B783" s="1565" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="784">
+      <c r="A784" s="1566" t="s">
+        <v>846</v>
+      </c>
+      <c r="B784" s="1567" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="785">
+      <c r="A785" s="1568" t="s">
+        <v>852</v>
+      </c>
+      <c r="B785" s="1569" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="786">
+      <c r="A786" s="1570" t="s">
+        <v>854</v>
+      </c>
+      <c r="B786" s="1571" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="787">
+      <c r="A787" s="1572" t="s">
+        <v>854</v>
+      </c>
+      <c r="B787" s="1573" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="788">
+      <c r="A788" s="1574" t="s">
+        <v>854</v>
+      </c>
+      <c r="B788" s="1575" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="789">
+      <c r="A789" s="1576" t="s">
+        <v>854</v>
+      </c>
+      <c r="B789" s="1577" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="790">
+      <c r="A790" s="1578" t="s">
+        <v>854</v>
+      </c>
+      <c r="B790" s="1579" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="791">
+      <c r="A791" s="1580" t="s">
+        <v>854</v>
+      </c>
+      <c r="B791" s="1581" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="792">
+      <c r="A792" s="1582" t="s">
+        <v>861</v>
+      </c>
+      <c r="B792" s="1583" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="793">
+      <c r="A793" s="1584" t="s">
+        <v>861</v>
+      </c>
+      <c r="B793" s="1585" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="794">
+      <c r="A794" s="1586" t="s">
+        <v>861</v>
+      </c>
+      <c r="B794" s="1587" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="795">
+      <c r="A795" s="1588" t="s">
+        <v>861</v>
+      </c>
+      <c r="B795" s="1589" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="796">
+      <c r="A796" s="1590" t="s">
+        <v>861</v>
+      </c>
+      <c r="B796" s="1591" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="797">
+      <c r="A797" s="1592" t="s">
+        <v>861</v>
+      </c>
+      <c r="B797" s="1593" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="798">
+      <c r="A798" s="1594" t="s">
+        <v>861</v>
+      </c>
+      <c r="B798" s="1595" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="799">
+      <c r="A799" s="1596" t="s">
+        <v>861</v>
+      </c>
+      <c r="B799" s="1597" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="800">
+      <c r="A800" s="1598" t="s">
+        <v>861</v>
+      </c>
+      <c r="B800" s="1599" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="801">
+      <c r="A801" s="1600" t="s">
+        <v>871</v>
+      </c>
+      <c r="B801" s="1601" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="802">
+      <c r="A802" s="1602" t="s">
+        <v>871</v>
+      </c>
+      <c r="B802" s="1603" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="803">
+      <c r="A803" s="1604" t="s">
+        <v>871</v>
+      </c>
+      <c r="B803" s="1605" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="804">
+      <c r="A804" s="1606" t="s">
+        <v>871</v>
+      </c>
+      <c r="B804" s="1607" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="805">
+      <c r="A805" s="1608" t="s">
+        <v>871</v>
+      </c>
+      <c r="B805" s="1609" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="806">
+      <c r="A806" s="1610" t="s">
+        <v>871</v>
+      </c>
+      <c r="B806" s="1611" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="807">
+      <c r="A807" s="1612" t="s">
+        <v>871</v>
+      </c>
+      <c r="B807" s="1613" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="808">
+      <c r="A808" s="1614" t="s">
+        <v>871</v>
+      </c>
+      <c r="B808" s="1615" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="809">
+      <c r="A809" s="1616" t="s">
+        <v>871</v>
+      </c>
+      <c r="B809" s="1617" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="810">
+      <c r="A810" s="1618" t="s">
+        <v>881</v>
+      </c>
+      <c r="B810" s="1619" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="811">
+      <c r="A811" s="1620" t="s">
+        <v>881</v>
+      </c>
+      <c r="B811" s="1621" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="812">
+      <c r="A812" s="1622" t="s">
+        <v>881</v>
+      </c>
+      <c r="B812" s="1623" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="813">
+      <c r="A813" s="1624" t="s">
+        <v>881</v>
+      </c>
+      <c r="B813" s="1625" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="814">
+      <c r="A814" s="1626" t="s">
+        <v>881</v>
+      </c>
+      <c r="B814" s="1627" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="815">
+      <c r="A815" s="1628" t="s">
+        <v>881</v>
+      </c>
+      <c r="B815" s="1629" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="816">
+      <c r="A816" s="1630" t="s">
+        <v>881</v>
+      </c>
+      <c r="B816" s="1631" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="817">
+      <c r="A817" s="1632" t="s">
+        <v>881</v>
+      </c>
+      <c r="B817" s="1633" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="818">
+      <c r="A818" s="1634" t="s">
+        <v>881</v>
+      </c>
+      <c r="B818" s="1635" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="819">
+      <c r="A819" s="1636" t="s">
+        <v>881</v>
+      </c>
+      <c r="B819" s="1637" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="820">
+      <c r="A820" s="1638" t="s">
+        <v>881</v>
+      </c>
+      <c r="B820" s="1639" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="821">
+      <c r="A821" s="1640" t="s">
+        <v>881</v>
+      </c>
+      <c r="B821" s="1641" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="822">
+      <c r="A822" s="1642" t="s">
+        <v>881</v>
+      </c>
+      <c r="B822" s="1643" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="823">
+      <c r="A823" s="1644" t="s">
+        <v>881</v>
+      </c>
+      <c r="B823" s="1645" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="824">
+      <c r="A824" s="1646" t="s">
+        <v>881</v>
+      </c>
+      <c r="B824" s="1647" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="825">
+      <c r="A825" s="1648" t="s">
+        <v>881</v>
+      </c>
+      <c r="B825" s="1649" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="826">
+      <c r="A826" s="1650" t="s">
+        <v>881</v>
+      </c>
+      <c r="B826" s="1651" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="827">
+      <c r="A827" s="1652" t="s">
+        <v>881</v>
+      </c>
+      <c r="B827" s="1653" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="828">
+      <c r="A828" s="1654" t="s">
+        <v>881</v>
+      </c>
+      <c r="B828" s="1655" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="829">
+      <c r="A829" s="1656" t="s">
+        <v>881</v>
+      </c>
+      <c r="B829" s="1657" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="830">
+      <c r="A830" s="1658" t="s">
+        <v>881</v>
+      </c>
+      <c r="B830" s="1659" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="831">
+      <c r="A831" s="1660" t="s">
+        <v>881</v>
+      </c>
+      <c r="B831" s="1661" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="832">
+      <c r="A832" s="1662" t="s">
+        <v>881</v>
+      </c>
+      <c r="B832" s="1663" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="833">
+      <c r="A833" s="1664" t="s">
+        <v>881</v>
+      </c>
+      <c r="B833" s="1665" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="834">
+      <c r="A834" s="1666" t="s">
+        <v>881</v>
+      </c>
+      <c r="B834" s="1667" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="835">
+      <c r="A835" s="1668" t="s">
+        <v>907</v>
+      </c>
+      <c r="B835" s="1669" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="836">
+      <c r="A836" s="1670" t="s">
+        <v>909</v>
+      </c>
+      <c r="B836" s="1671" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="837">
+      <c r="A837" s="1672" t="s">
+        <v>909</v>
+      </c>
+      <c r="B837" s="1673" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="838">
+      <c r="A838" s="1674" t="s">
+        <v>909</v>
+      </c>
+      <c r="B838" s="1675" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="839">
+      <c r="A839" s="1676" t="s">
+        <v>909</v>
+      </c>
+      <c r="B839" s="1677" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="840">
+      <c r="A840" s="1678" t="s">
+        <v>909</v>
+      </c>
+      <c r="B840" s="1679" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="841">
+      <c r="A841" s="1680" t="s">
+        <v>909</v>
+      </c>
+      <c r="B841" s="1681" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="842">
+      <c r="A842" s="1682" t="s">
+        <v>916</v>
+      </c>
+      <c r="B842" s="1683" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="843">
+      <c r="A843" s="1684" t="s">
+        <v>916</v>
+      </c>
+      <c r="B843" s="1685" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="844">
+      <c r="A844" s="1686" t="s">
+        <v>919</v>
+      </c>
+      <c r="B844" s="1687" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="845">
+      <c r="A845" s="1688" t="s">
+        <v>919</v>
+      </c>
+      <c r="B845" s="1689" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="846">
+      <c r="A846" s="1690" t="s">
+        <v>922</v>
+      </c>
+      <c r="B846" s="1691" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="847">
+      <c r="A847" s="1692" t="s">
+        <v>924</v>
+      </c>
+      <c r="B847" s="1693" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="848">
+      <c r="A848" s="1694" t="s">
+        <v>924</v>
+      </c>
+      <c r="B848" s="1695" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="849">
+      <c r="A849" s="1696" t="s">
+        <v>924</v>
+      </c>
+      <c r="B849" s="1697" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="850">
+      <c r="A850" s="1698" t="s">
+        <v>924</v>
+      </c>
+      <c r="B850" s="1699" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="851">
+      <c r="A851" s="1700" t="s">
+        <v>924</v>
+      </c>
+      <c r="B851" s="1701" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="852">
+      <c r="A852" s="1702" t="s">
+        <v>924</v>
+      </c>
+      <c r="B852" s="1703" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="853">
+      <c r="A853" s="1704" t="s">
+        <v>924</v>
+      </c>
+      <c r="B853" s="1705" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="854">
+      <c r="A854" s="1706" t="s">
+        <v>924</v>
+      </c>
+      <c r="B854" s="1707" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="855">
+      <c r="A855" s="1708" t="s">
+        <v>924</v>
+      </c>
+      <c r="B855" s="1709" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="856">
+      <c r="A856" s="1710" t="s">
+        <v>924</v>
+      </c>
+      <c r="B856" s="1711" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="857">
+      <c r="A857" s="1712" t="s">
+        <v>924</v>
+      </c>
+      <c r="B857" s="1713" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="858">
+      <c r="A858" s="1714" t="s">
+        <v>924</v>
+      </c>
+      <c r="B858" s="1715" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="859">
+      <c r="A859" s="1716" t="s">
+        <v>924</v>
+      </c>
+      <c r="B859" s="1717" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="860">
+      <c r="A860" s="1718" t="s">
+        <v>924</v>
+      </c>
+      <c r="B860" s="1719" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="861">
+      <c r="A861" s="1720" t="s">
+        <v>924</v>
+      </c>
+      <c r="B861" s="1721" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="862">
+      <c r="A862" s="1722" t="s">
+        <v>924</v>
+      </c>
+      <c r="B862" s="1723" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="863">
+      <c r="A863" s="1724" t="s">
+        <v>924</v>
+      </c>
+      <c r="B863" s="1725" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="864">
+      <c r="A864" s="1726" t="s">
+        <v>924</v>
+      </c>
+      <c r="B864" s="1727" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="865">
+      <c r="A865" s="1728" t="s">
+        <v>924</v>
+      </c>
+      <c r="B865" s="1729" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="866">
+      <c r="A866" s="1730" t="s">
+        <v>924</v>
+      </c>
+      <c r="B866" s="1731" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="867">
+      <c r="A867" s="1732" t="s">
+        <v>924</v>
+      </c>
+      <c r="B867" s="1733" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="868">
+      <c r="A868" s="1734" t="s">
+        <v>924</v>
+      </c>
+      <c r="B868" s="1735" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="869">
+      <c r="A869" s="1736" t="s">
+        <v>924</v>
+      </c>
+      <c r="B869" s="1737" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="870">
+      <c r="A870" s="1738" t="s">
+        <v>924</v>
+      </c>
+      <c r="B870" s="1739" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="871">
+      <c r="A871" s="1740" t="s">
+        <v>924</v>
+      </c>
+      <c r="B871" s="1741" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="872">
+      <c r="A872" s="1742" t="s">
+        <v>924</v>
+      </c>
+      <c r="B872" s="1743" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="873">
+      <c r="A873" s="1744" t="s">
+        <v>924</v>
+      </c>
+      <c r="B873" s="1745" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="874">
+      <c r="A874" s="1746" t="s">
+        <v>924</v>
+      </c>
+      <c r="B874" s="1747" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="875">
+      <c r="A875" s="1748" t="s">
+        <v>924</v>
+      </c>
+      <c r="B875" s="1749" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="876">
+      <c r="A876" s="1750" t="s">
+        <v>924</v>
+      </c>
+      <c r="B876" s="1751" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="877">
+      <c r="A877" s="1752" t="s">
+        <v>924</v>
+      </c>
+      <c r="B877" s="1753" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="878">
+      <c r="A878" s="1754" t="s">
+        <v>924</v>
+      </c>
+      <c r="B878" s="1755" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="879">
+      <c r="A879" s="1756" t="s">
+        <v>924</v>
+      </c>
+      <c r="B879" s="1757" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="880">
+      <c r="A880" s="1758" t="s">
+        <v>924</v>
+      </c>
+      <c r="B880" s="1759" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="881">
+      <c r="A881" s="1760" t="s">
+        <v>924</v>
+      </c>
+      <c r="B881" s="1761" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="882">
+      <c r="A882" s="1762" t="s">
+        <v>924</v>
+      </c>
+      <c r="B882" s="1763" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="883">
+      <c r="A883" s="1764" t="s">
+        <v>924</v>
+      </c>
+      <c r="B883" s="1765" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="884">
+      <c r="A884" s="1766" t="s">
+        <v>924</v>
+      </c>
+      <c r="B884" s="1767" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="885">
+      <c r="A885" s="1768" t="s">
+        <v>924</v>
+      </c>
+      <c r="B885" s="1769" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="886">
+      <c r="A886" s="1770" t="s">
+        <v>964</v>
+      </c>
+      <c r="B886" s="1771" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="887">
+      <c r="A887" s="1772" t="s">
+        <v>964</v>
+      </c>
+      <c r="B887" s="1773" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="888">
+      <c r="A888" s="1774" t="s">
+        <v>964</v>
+      </c>
+      <c r="B888" s="1775" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="889">
+      <c r="A889" s="1776" t="s">
+        <v>964</v>
+      </c>
+      <c r="B889" s="1777" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="890">
+      <c r="A890" s="1778" t="s">
+        <v>964</v>
+      </c>
+      <c r="B890" s="1779" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="891">
+      <c r="A891" s="1780" t="s">
+        <v>964</v>
+      </c>
+      <c r="B891" s="1781" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="892">
+      <c r="A892" s="1782" t="s">
+        <v>964</v>
+      </c>
+      <c r="B892" s="1783" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="893">
+      <c r="A893" s="1784" t="s">
+        <v>964</v>
+      </c>
+      <c r="B893" s="1785" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="894">
+      <c r="A894" s="1786" t="s">
+        <v>964</v>
+      </c>
+      <c r="B894" s="1787" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="895">
+      <c r="A895" s="1788" t="s">
+        <v>964</v>
+      </c>
+      <c r="B895" s="1789" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="896">
+      <c r="A896" s="1790" t="s">
+        <v>975</v>
+      </c>
+      <c r="B896" s="1791" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="897">
+      <c r="A897" s="1792" t="s">
+        <v>975</v>
+      </c>
+      <c r="B897" s="1793" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="898">
+      <c r="A898" s="1794" t="s">
+        <v>975</v>
+      </c>
+      <c r="B898" s="1795" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="899">
+      <c r="A899" s="1796" t="s">
+        <v>975</v>
+      </c>
+      <c r="B899" s="1797" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="900">
+      <c r="A900" s="1798" t="s">
+        <v>975</v>
+      </c>
+      <c r="B900" s="1799" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="901">
+      <c r="A901" s="1800" t="s">
+        <v>981</v>
+      </c>
+      <c r="B901" s="1801" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="902">
+      <c r="A902" s="1802" t="s">
+        <v>981</v>
+      </c>
+      <c r="B902" s="1803" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="903">
+      <c r="A903" s="1804" t="s">
+        <v>981</v>
+      </c>
+      <c r="B903" s="1805" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="904">
+      <c r="A904" s="1806" t="s">
+        <v>981</v>
+      </c>
+      <c r="B904" s="1807" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="905">
+      <c r="A905" s="1808" t="s">
+        <v>981</v>
+      </c>
+      <c r="B905" s="1809" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="906">
+      <c r="A906" s="1810" t="s">
+        <v>981</v>
+      </c>
+      <c r="B906" s="1811" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="907">
+      <c r="A907" s="1812" t="s">
+        <v>981</v>
+      </c>
+      <c r="B907" s="1813" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="908">
+      <c r="A908" s="1814" t="s">
+        <v>981</v>
+      </c>
+      <c r="B908" s="1815" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="909">
+      <c r="A909" s="1816" t="s">
+        <v>981</v>
+      </c>
+      <c r="B909" s="1817" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="910">
+      <c r="A910" s="1818" t="s">
+        <v>981</v>
+      </c>
+      <c r="B910" s="1819" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="911">
+      <c r="A911" s="1820" t="s">
+        <v>992</v>
+      </c>
+      <c r="B911" s="1821" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="912">
+      <c r="A912" s="1822" t="s">
+        <v>992</v>
+      </c>
+      <c r="B912" s="1823" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="913">
+      <c r="A913" s="1824" t="s">
+        <v>992</v>
+      </c>
+      <c r="B913" s="1825" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="914">
+      <c r="A914" s="1826" t="s">
+        <v>992</v>
+      </c>
+      <c r="B914" s="1827" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="915">
+      <c r="A915" s="1828" t="s">
+        <v>992</v>
+      </c>
+      <c r="B915" s="1829" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="916">
+      <c r="A916" s="1830" t="s">
+        <v>998</v>
+      </c>
+      <c r="B916" s="1831" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="917">
+      <c r="A917" s="1832" t="s">
+        <v>998</v>
+      </c>
+      <c r="B917" s="1833" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="918">
+      <c r="A918" s="1834" t="s">
+        <v>998</v>
+      </c>
+      <c r="B918" s="1835" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="919">
+      <c r="A919" s="1836" t="s">
+        <v>998</v>
+      </c>
+      <c r="B919" s="1837" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="920">
+      <c r="A920" s="1838" t="s">
+        <v>998</v>
+      </c>
+      <c r="B920" s="1839" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="921">
+      <c r="A921" s="1840" t="s">
+        <v>998</v>
+      </c>
+      <c r="B921" s="1841" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="922">
+      <c r="A922" s="1842" t="s">
+        <v>998</v>
+      </c>
+      <c r="B922" s="1843" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="923">
+      <c r="A923" s="1844" t="s">
+        <v>998</v>
+      </c>
+      <c r="B923" s="1845" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="924">
+      <c r="A924" s="1846" t="s">
+        <v>998</v>
+      </c>
+      <c r="B924" s="1847" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="925">
+      <c r="A925" s="1848" t="s">
+        <v>998</v>
+      </c>
+      <c r="B925" s="1849" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="926">
+      <c r="A926" s="1850" t="s">
+        <v>998</v>
+      </c>
+      <c r="B926" s="1851" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="927">
+      <c r="A927" s="1852" t="s">
+        <v>998</v>
+      </c>
+      <c r="B927" s="1853" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="928">
+      <c r="A928" s="1854" t="s">
+        <v>998</v>
+      </c>
+      <c r="B928" s="1855" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="929">
+      <c r="A929" s="1856" t="s">
+        <v>998</v>
+      </c>
+      <c r="B929" s="1857" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="930">
+      <c r="A930" s="1858" t="s">
+        <v>998</v>
+      </c>
+      <c r="B930" s="1859" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="931">
+      <c r="A931" s="1860" t="s">
+        <v>998</v>
+      </c>
+      <c r="B931" s="1861" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="932">
+      <c r="A932" s="1862" t="s">
+        <v>998</v>
+      </c>
+      <c r="B932" s="1863" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="933">
+      <c r="A933" s="1864" t="s">
+        <v>998</v>
+      </c>
+      <c r="B933" s="1865" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="934">
+      <c r="A934" s="1866" t="s">
+        <v>998</v>
+      </c>
+      <c r="B934" s="1867" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="935">
+      <c r="A935" s="1868" t="s">
+        <v>998</v>
+      </c>
+      <c r="B935" s="1869" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="936">
+      <c r="A936" s="1870" t="s">
+        <v>998</v>
+      </c>
+      <c r="B936" s="1871" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="937">
+      <c r="A937" s="1872" t="s">
+        <v>998</v>
+      </c>
+      <c r="B937" s="1873" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="938">
+      <c r="A938" s="1874" t="s">
+        <v>998</v>
+      </c>
+      <c r="B938" s="1875" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="939">
+      <c r="A939" s="1876" t="s">
+        <v>998</v>
+      </c>
+      <c r="B939" s="1877" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="940">
+      <c r="A940" s="1878" t="s">
+        <v>998</v>
+      </c>
+      <c r="B940" s="1879" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="941">
+      <c r="A941" s="1880" t="s">
+        <v>998</v>
+      </c>
+      <c r="B941" s="1881" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="942">
+      <c r="A942" s="1882" t="s">
+        <v>998</v>
+      </c>
+      <c r="B942" s="1883" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="943">
+      <c r="A943" s="1884" t="s">
+        <v>998</v>
+      </c>
+      <c r="B943" s="1885" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="944">
+      <c r="A944" s="1886" t="s">
+        <v>998</v>
+      </c>
+      <c r="B944" s="1887" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="945">
+      <c r="A945" s="1888" t="s">
+        <v>998</v>
+      </c>
+      <c r="B945" s="1889" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="946">
+      <c r="A946" s="1890" t="s">
+        <v>998</v>
+      </c>
+      <c r="B946" s="1891" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="947">
+      <c r="A947" s="1892" t="s">
+        <v>998</v>
+      </c>
+      <c r="B947" s="1893" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="948">
+      <c r="A948" s="1894" t="s">
+        <v>998</v>
+      </c>
+      <c r="B948" s="1895" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="949">
+      <c r="A949" s="1896" t="s">
+        <v>998</v>
+      </c>
+      <c r="B949" s="1897" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="950">
+      <c r="A950" s="1898" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B950" s="1899" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="951">
+      <c r="A951" s="1900" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B951" s="1901" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="952">
+      <c r="A952" s="1902" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B952" s="1903" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="953">
+      <c r="A953" s="1904" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B953" s="1905" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="954">
+      <c r="A954" s="1906" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B954" s="1907" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="955">
+      <c r="A955" s="1908" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B955" s="1909" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="956">
+      <c r="A956" s="1910" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B956" s="1911" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="957">
+      <c r="A957" s="1912" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B957" s="1913" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="958">
+      <c r="A958" s="1914" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B958" s="1915" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="959">
+      <c r="A959" s="1916" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B959" s="1917" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="960">
+      <c r="A960" s="1918" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B960" s="1919" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="961">
+      <c r="A961" s="1920" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B961" s="1921" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="962">
+      <c r="A962" s="1922" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B962" s="1923" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="963">
+      <c r="A963" s="1924" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B963" s="1925" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="964">
+      <c r="A964" s="1926" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B964" s="1927" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="965">
+      <c r="A965" s="1928" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B965" s="1929" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="966">
+      <c r="A966" s="1930" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B966" s="1931" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="967">
+      <c r="A967" s="1932" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B967" s="1933" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="968">
+      <c r="A968" s="1934" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B968" s="1935" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="969">
+      <c r="A969" s="1936" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B969" s="1937" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="970">
+      <c r="A970" s="1938" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B970" s="1939" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="971">
+      <c r="A971" s="1940" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B971" s="1941" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="972">
+      <c r="A972" s="1942" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B972" s="1943" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="973">
+      <c r="A973" s="1944" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B973" s="1945" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="974">
+      <c r="A974" s="1946" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B974" s="1947" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="975">
+      <c r="A975" s="1948" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B975" s="1949" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="976">
+      <c r="A976" s="1950" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B976" s="1951" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="977">
+      <c r="A977" s="1952" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B977" s="1953" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="978">
+      <c r="A978" s="1954" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B978" s="1955" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="979">
+      <c r="A979" s="1956" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B979" s="1957" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="980">
+      <c r="A980" s="1958" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B980" s="1959" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="981">
+      <c r="A981" s="1960" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B981" s="1961" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="982">
+      <c r="A982" s="1962" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B982" s="1963" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="983">
+      <c r="A983" s="1964" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B983" s="1965" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="984">
+      <c r="A984" s="1966" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B984" s="1967" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="985">
+      <c r="A985" s="1968" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B985" s="1969" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="986">
+      <c r="A986" s="1970" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B986" s="1971" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="987">
+      <c r="A987" s="1972" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B987" s="1973" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="988">
+      <c r="A988" s="1974" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B988" s="1975" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="989">
+      <c r="A989" s="1976" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B989" s="1977" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="990">
+      <c r="A990" s="1978" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B990" s="1979" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="991">
+      <c r="A991" s="1980" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B991" s="1981" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="992">
+      <c r="A992" s="1982" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B992" s="1983" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="993">
+      <c r="A993" s="1984" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B993" s="1985" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="994">
+      <c r="A994" s="1986" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B994" s="1987" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="995">
+      <c r="A995" s="1988" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B995" s="1989" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="996">
+      <c r="A996" s="1990" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B996" s="1991" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="997">
+      <c r="A997" s="1992" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B997" s="1993" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="998">
+      <c r="A998" s="1994" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B998" s="1995" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="999">
+      <c r="A999" s="1996" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B999" s="1997" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="1000">
+      <c r="A1000" s="1998" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B1000" s="1999" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="1001">
+      <c r="A1001" s="2000" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B1001" s="2001" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="1002">
+      <c r="A1002" s="2002" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B1002" s="2003" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="1003">
+      <c r="A1003" s="2004" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B1003" s="2005" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="1004">
+      <c r="A1004" s="2006" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B1004" s="2007" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="1005">
+      <c r="A1005" s="2008" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B1005" s="2009" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="1006">
+      <c r="A1006" s="2010" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B1006" s="2011" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="1007">
+      <c r="A1007" s="2012" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B1007" s="2013" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="1008">
+      <c r="A1008" s="2014" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B1008" s="2015" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="1009">
+      <c r="A1009" s="2016" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B1009" s="2017" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="1010">
+      <c r="A1010" s="2018" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B1010" s="2019" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="1011">
+      <c r="A1011" s="2020" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B1011" s="2021" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="1012">
+      <c r="A1012" s="2022" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B1012" s="2023" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="1013">
+      <c r="A1013" s="2024" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B1013" s="2025" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="1014">
+      <c r="A1014" s="2026" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B1014" s="2027" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="1015">
+      <c r="A1015" s="2028" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B1015" s="2029" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="1016">
+      <c r="A1016" s="2030" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B1016" s="2031" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="1017">
+      <c r="A1017" s="2032" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B1017" s="2033" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="1018">
+      <c r="A1018" s="2034" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B1018" s="2035" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="1019">
+      <c r="A1019" s="2036" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B1019" s="2037" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="1020">
+      <c r="A1020" s="2038" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B1020" s="2039" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="1021">
+      <c r="A1021" s="2040" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B1021" s="2041" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="1022">
+      <c r="A1022" s="2042" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B1022" s="2043" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="1023">
+      <c r="A1023" s="2044" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B1023" s="2045" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="1024">
+      <c r="A1024" s="2046" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B1024" s="2047" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="1025">
+      <c r="A1025" s="2048" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B1025" s="2049" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="1026">
+      <c r="A1026" s="2050" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B1026" s="2051" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="1027">
+      <c r="A1027" s="2052" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B1027" s="2053" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="1028">
+      <c r="A1028" s="2054" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B1028" s="2055" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="1029">
+      <c r="A1029" s="2056" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B1029" s="2057" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="1030">
+      <c r="A1030" s="2058" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B1030" s="2059" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="1031">
+      <c r="A1031" s="2060" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B1031" s="2061" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="1032">
+      <c r="A1032" s="2062" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B1032" s="2063" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="1033">
+      <c r="A1033" s="2064" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B1033" s="2065" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="1034">
+      <c r="A1034" s="2066" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B1034" s="2067" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="1035">
+      <c r="A1035" s="2068" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B1035" s="2069" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="1036">
+      <c r="A1036" s="2070" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B1036" s="2071" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="1037">
+      <c r="A1037" s="2072" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B1037" s="2073" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="1038">
+      <c r="A1038" s="2074" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B1038" s="2075" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="1039">
+      <c r="A1039" s="2076" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B1039" s="2077" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="1040">
+      <c r="A1040" s="2078" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B1040" s="2079" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="1041">
+      <c r="A1041" s="2080" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B1041" s="2081" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="1042">
+      <c r="A1042" s="2082" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B1042" s="2083" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="1043">
+      <c r="A1043" s="2084" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B1043" s="2085" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="1044">
+      <c r="A1044" s="2086" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B1044" s="2087" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="1045">
+      <c r="A1045" s="2088" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B1045" s="2089" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="1046">
+      <c r="A1046" s="2090" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B1046" s="2091" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="1047">
+      <c r="A1047" s="2092" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B1047" s="2093" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="1048">
+      <c r="A1048" s="2094" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B1048" s="2095" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="1049">
+      <c r="A1049" s="2096" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B1049" s="2097" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="1050">
+      <c r="A1050" s="2098" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B1050" s="2099" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="1051">
+      <c r="A1051" s="2100" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B1051" s="2101" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="1052">
+      <c r="A1052" s="2102" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B1052" s="2103" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="1053">
+      <c r="A1053" s="2104" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B1053" s="2105" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="1054">
+      <c r="A1054" s="2106" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B1054" s="2107" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="1055">
+      <c r="A1055" s="2108" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B1055" s="2109" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="1056">
+      <c r="A1056" s="2110" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1056" s="2111" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="1057">
+      <c r="A1057" s="2112" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1057" s="2113" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="1058">
+      <c r="A1058" s="2114" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1058" s="2115" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="1059">
+      <c r="A1059" s="2116" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1059" s="2117" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="1060">
+      <c r="A1060" s="2118" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1060" s="2119" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="1061">
+      <c r="A1061" s="2120" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1061" s="2121" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="1062">
+      <c r="A1062" s="2122" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1062" s="2123" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="1063">
+      <c r="A1063" s="2124" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1063" s="2125" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="1064">
+      <c r="A1064" s="2126" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1064" s="2127" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="1065">
+      <c r="A1065" s="2128" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1065" s="2129" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="1066">
+      <c r="A1066" s="2130" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1066" s="2131" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="1067">
+      <c r="A1067" s="2132" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1067" s="2133" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="1068">
+      <c r="A1068" s="2134" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1068" s="2135" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="1069">
+      <c r="A1069" s="2136" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1069" s="2137" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="1070">
+      <c r="A1070" s="2138" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1070" s="2139" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="1071">
+      <c r="A1071" s="2140" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1071" s="2141" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="1072">
+      <c r="A1072" s="2142" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1072" s="2143" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="1073">
+      <c r="A1073" s="2144" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1073" s="2145" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="1074">
+      <c r="A1074" s="2146" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1074" s="2147" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="1075">
+      <c r="A1075" s="2148" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1075" s="2149" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="1076">
+      <c r="A1076" s="2150" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1076" s="2151" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="1077">
+      <c r="A1077" s="2152" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1077" s="2153" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="1078">
+      <c r="A1078" s="2154" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1078" s="2155" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="1079">
+      <c r="A1079" s="2156" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1079" s="2157" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="1080">
+      <c r="A1080" s="2158" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1080" s="2159" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="1081">
+      <c r="A1081" s="2160" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1081" s="2161" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="1082">
+      <c r="A1082" s="2162" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1082" s="2163" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="1083">
+      <c r="A1083" s="2164" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1083" s="2165" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="1084">
+      <c r="A1084" s="2166" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1084" s="2167" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="1085">
+      <c r="A1085" s="2168" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1085" s="2169" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="1086">
+      <c r="A1086" s="2170" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1086" s="2171" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="1087">
+      <c r="A1087" s="2172" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1087" s="2173" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="1088">
+      <c r="A1088" s="2174" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1088" s="2175" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="1089">
+      <c r="A1089" s="2176" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1089" s="2177" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="1090">
+      <c r="A1090" s="2178" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1090" s="2179" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="1091">
+      <c r="A1091" s="2180" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1091" s="2181" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="1092">
+      <c r="A1092" s="2182" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1092" s="2183" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="1093">
+      <c r="A1093" s="2184" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1093" s="2185" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="1094">
+      <c r="A1094" s="2186" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1094" s="2187" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="1095">
+      <c r="A1095" s="2188" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1095" s="2189" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="1096">
+      <c r="A1096" s="2190" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1096" s="2191" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="1097">
+      <c r="A1097" s="2192" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1097" s="2193" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="1098">
+      <c r="A1098" s="2194" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1098" s="2195" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="1099">
+      <c r="A1099" s="2196" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1099" s="2197" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="1100">
+      <c r="A1100" s="2198" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1100" s="2199" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="1101">
+      <c r="A1101" s="2200" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1101" s="2201" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="1102">
+      <c r="A1102" s="2202" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1102" s="2203" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="1103">
+      <c r="A1103" s="2204" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1103" s="2205" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="1104">
+      <c r="A1104" s="2206" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1104" s="2207" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="1105">
+      <c r="A1105" s="2208" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1105" s="2209" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="1106">
+      <c r="A1106" s="2210" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1106" s="2211" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="1107">
+      <c r="A1107" s="2212" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1107" s="2213" t="s">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="1108">
+      <c r="A1108" s="2214" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1108" s="2215" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="1109">
+      <c r="A1109" s="2216" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1109" s="2217" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="1110">
+      <c r="A1110" s="2218" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1110" s="2219" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="1111">
+      <c r="A1111" s="2220" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1111" s="2221" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="1112">
+      <c r="A1112" s="2222" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1112" s="2223" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="1113">
+      <c r="A1113" s="2224" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1113" s="2225" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="1114">
+      <c r="A1114" s="2226" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1114" s="2227" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="1115">
+      <c r="A1115" s="2228" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1115" s="2229" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="1116">
+      <c r="A1116" s="2230" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1116" s="2231" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="1117">
+      <c r="A1117" s="2232" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1117" s="2233" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="1118">
+      <c r="A1118" s="2234" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B1118" s="2235" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="1119">
+      <c r="A1119" s="2236" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B1119" s="2237" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="1120">
+      <c r="A1120" s="2238" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B1120" s="2239" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="1121">
+      <c r="A1121" s="2240" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B1121" s="2241" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="1122">
+      <c r="A1122" s="2242" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B1122" s="2243" t="s">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="1123">
+      <c r="A1123" s="2244" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B1123" s="2245" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="1124">
+      <c r="A1124" s="2246" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B1124" s="2247" t="s">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="1125">
+      <c r="A1125" s="2248" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B1125" s="2249" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="1126">
+      <c r="A1126" s="2250" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B1126" s="2251" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="1127">
+      <c r="A1127" s="2252" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B1127" s="2253" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="1128">
+      <c r="A1128" s="2254" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B1128" s="2255" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="1129">
+      <c r="A1129" s="2256" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B1129" s="2257" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="1130">
+      <c r="A1130" s="2258" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B1130" s="2259" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="1131">
+      <c r="A1131" s="2260" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B1131" s="2261" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="1132">
+      <c r="A1132" s="2262" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B1132" s="2263" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="1133">
+      <c r="A1133" s="2264" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B1133" s="2265" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="1134">
+      <c r="A1134" s="2266" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B1134" s="2267" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="1135">
+      <c r="A1135" s="2268" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B1135" s="2269" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="1136">
+      <c r="A1136" s="2270" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B1136" s="2271" t="s">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="1137">
+      <c r="A1137" s="2272" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B1137" s="2273" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="1138">
+      <c r="A1138" s="2274" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B1138" s="2275" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="1139">
+      <c r="A1139" s="2276" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B1139" s="2277" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="1140">
+      <c r="A1140" s="2278" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B1140" s="2279" t="s">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="1141">
+      <c r="A1141" s="2280" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B1141" s="2281" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="1142">
+      <c r="A1142" s="2282" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B1142" s="2283" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="1143">
+      <c r="A1143" s="2284" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B1143" s="2285" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="1144">
+      <c r="A1144" s="2286" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B1144" s="2287" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="1145">
+      <c r="A1145" s="2288" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B1145" s="2289" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="1146">
+      <c r="A1146" s="2290" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B1146" s="2291" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="1147">
+      <c r="A1147" s="2292" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B1147" s="2293" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="1148">
+      <c r="A1148" s="2294" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B1148" s="2295" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="1149">
+      <c r="A1149" s="2296" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B1149" s="2297" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="1150">
+      <c r="A1150" s="2298" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B1150" s="2299" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="1151">
+      <c r="A1151" s="2300" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B1151" s="2301" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="1152">
+      <c r="A1152" s="2302" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B1152" s="2303" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="1153">
+      <c r="A1153" s="2304" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B1153" s="2305" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="1154">
+      <c r="A1154" s="2306" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B1154" s="2307" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="1155">
+      <c r="A1155" s="2308" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B1155" s="2309" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="1156">
+      <c r="A1156" s="2310" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B1156" s="2311" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="1157">
+      <c r="A1157" s="2312" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B1157" s="2313" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="1158">
+      <c r="A1158" s="2314" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B1158" s="2315" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="1159">
+      <c r="A1159" s="2316" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B1159" s="2317" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="1160">
+      <c r="A1160" s="2318" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B1160" s="2319" t="s">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="1161">
+      <c r="A1161" s="2320" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B1161" s="2321" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="1162">
+      <c r="A1162" s="2322" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B1162" s="2323" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="1163">
+      <c r="A1163" s="2324" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B1163" s="2325" t="s">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="1164">
+      <c r="A1164" s="2326" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B1164" s="2327" t="s">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="1165">
+      <c r="A1165" s="2328" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B1165" s="2329" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="1166">
+      <c r="A1166" s="2330" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B1166" s="2331" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="1167">
+      <c r="A1167" s="2332" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B1167" s="2333" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="1168">
+      <c r="A1168" s="2334" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B1168" s="2335" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="1169">
+      <c r="A1169" s="2336" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B1169" s="2337" t="s">
+        <v>1273</v>
+      </c>
+    </row>
+    <row r="1170">
+      <c r="A1170" s="2338" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1170" s="2339" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="1171">
+      <c r="A1171" s="2340" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1171" s="2341" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="1172">
+      <c r="A1172" s="2342" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1172" s="2343" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="1173">
+      <c r="A1173" s="2344" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1173" s="2345" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="1174">
+      <c r="A1174" s="2346" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1174" s="2347" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="1175">
+      <c r="A1175" s="2348" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1175" s="2349" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="1176">
+      <c r="A1176" s="2350" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1176" s="2351" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="1177">
+      <c r="A1177" s="2352" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1177" s="2353" t="s">
+        <v>1282</v>
+      </c>
+    </row>
+    <row r="1178">
+      <c r="A1178" s="2354" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1178" s="2355" t="s">
+        <v>1283</v>
+      </c>
+    </row>
+    <row r="1179">
+      <c r="A1179" s="2356" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1179" s="2357" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="1180">
+      <c r="A1180" s="2358" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1180" s="2359" t="s">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="1181">
+      <c r="A1181" s="2360" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1181" s="2361" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="1182">
+      <c r="A1182" s="2362" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1182" s="2363" t="s">
+        <v>1287</v>
+      </c>
+    </row>
+    <row r="1183">
+      <c r="A1183" s="2364" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1183" s="2365" t="s">
+        <v>1288</v>
+      </c>
+    </row>
+    <row r="1184">
+      <c r="A1184" s="2366" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1184" s="2367" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="1185">
+      <c r="A1185" s="2368" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1185" s="2369" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="1186">
+      <c r="A1186" s="2370" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1186" s="2371" t="s">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="1187">
+      <c r="A1187" s="2372" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1187" s="2373" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="1188">
+      <c r="A1188" s="2374" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1188" s="2375" t="s">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="1189">
+      <c r="A1189" s="2376" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1189" s="2377" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="1190">
+      <c r="A1190" s="2378" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1190" s="2379" t="s">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="1191">
+      <c r="A1191" s="2380" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B1191" s="2381" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="1192">
+      <c r="A1192" s="2382" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B1192" s="2383" t="s">
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="1193">
+      <c r="A1193" s="2384" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B1193" s="2385" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="1194">
+      <c r="A1194" s="2386" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B1194" s="2387" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="1195">
+      <c r="A1195" s="2388" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B1195" s="2389" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="1196">
+      <c r="A1196" s="2390" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B1196" s="2391" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="1197">
+      <c r="A1197" s="2392" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B1197" s="2393" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="1198">
+      <c r="A1198" s="2394" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B1198" s="2395" t="s">
+        <v>1304</v>
+      </c>
+    </row>
+    <row r="1199">
+      <c r="A1199" s="2396" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B1199" s="2397" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="1200">
+      <c r="A1200" s="2398" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B1200" s="2399" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="1201">
+      <c r="A1201" s="2400" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B1201" s="2401" t="s">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="1202">
+      <c r="A1202" s="2402" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B1202" s="2403" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="1203">
+      <c r="A1203" s="2404" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B1203" s="2405" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="1204">
+      <c r="A1204" s="2406" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B1204" s="2407" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="1205">
+      <c r="A1205" s="2408" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B1205" s="2409" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="1206">
+      <c r="A1206" s="2410" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B1206" s="2411" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="1207">
+      <c r="A1207" s="2412" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B1207" s="2413" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="1208">
+      <c r="A1208" s="2414" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B1208" s="2415" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="1209">
+      <c r="A1209" s="2416" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B1209" s="2417" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="1210">
+      <c r="A1210" s="2418" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B1210" s="2419" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="1211">
+      <c r="A1211" s="2420" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B1211" s="2421" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="1212">
+      <c r="A1212" s="2422" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B1212" s="2423" t="s">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="1213">
+      <c r="A1213" s="2424" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B1213" s="2425" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="1214">
+      <c r="A1214" s="2426" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B1214" s="2427" t="s">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="1215">
+      <c r="A1215" s="2428" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B1215" s="2429" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="1216">
+      <c r="A1216" s="2430" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B1216" s="2431" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="1217">
+      <c r="A1217" s="2432" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B1217" s="2433" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="1218">
+      <c r="A1218" s="2434" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B1218" s="2435" t="s">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="1219">
+      <c r="A1219" s="2436" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B1219" s="2437" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="1220">
+      <c r="A1220" s="2438" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B1220" s="2439" t="s">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="1221">
+      <c r="A1221" s="2440" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B1221" s="2441" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="1222">
+      <c r="A1222" s="2442" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B1222" s="2443" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="1223">
+      <c r="A1223" s="2444" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B1223" s="2445" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="1224">
+      <c r="A1224" s="2446" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B1224" s="2447" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="1225">
+      <c r="A1225" s="2448" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B1225" s="2449" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="1226">
+      <c r="A1226" s="2450" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B1226" s="2451" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="1227">
+      <c r="A1227" s="2452" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B1227" s="2453" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="1228">
+      <c r="A1228" s="2454" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B1228" s="2455" t="s">
+        <v>1336</v>
+      </c>
+    </row>
+    <row r="1229">
+      <c r="A1229" s="2456" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B1229" s="2457" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="1230">
+      <c r="A1230" s="2458" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B1230" s="2459" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="1231">
+      <c r="A1231" s="2460" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B1231" s="2461" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="1232">
+      <c r="A1232" s="2462" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B1232" s="2463" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="1233">
+      <c r="A1233" s="2464" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B1233" s="2465" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="1234">
+      <c r="A1234" s="2466" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B1234" s="2467" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="1235">
+      <c r="A1235" s="2468" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B1235" s="2469" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="1236">
+      <c r="A1236" s="2470" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B1236" s="2471" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="1237">
+      <c r="A1237" s="2472" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B1237" s="2473" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="1238">
+      <c r="A1238" s="2474" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B1238" s="2475" t="s">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="1239">
+      <c r="A1239" s="2476" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B1239" s="2477" t="s">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="1240">
+      <c r="A1240" s="2478" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B1240" s="2479" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="1241">
+      <c r="A1241" s="2480" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B1241" s="2481" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="1242">
+      <c r="A1242" s="2482" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B1242" s="2483" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="1243">
+      <c r="A1243" s="2484" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B1243" s="2485" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="1244">
+      <c r="A1244" s="2486" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B1244" s="2487" t="s">
+        <v>1354</v>
+      </c>
+    </row>
+    <row r="1245">
+      <c r="A1245" s="2488" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B1245" s="2489" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="1246">
+      <c r="A1246" s="2490" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B1246" s="2491" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="1247">
+      <c r="A1247" s="2492" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B1247" s="2493" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="1248">
+      <c r="A1248" s="2494" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B1248" s="2495" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="1249">
+      <c r="A1249" s="2496" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B1249" s="2497" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="1250">
+      <c r="A1250" s="2498" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B1250" s="2499" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="1251">
+      <c r="A1251" s="2500" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B1251" s="2501" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="1252">
+      <c r="A1252" s="2502" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B1252" s="2503" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="1253">
+      <c r="A1253" s="2504" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B1253" s="2505" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="1254">
+      <c r="A1254" s="2506" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B1254" s="2507" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="1255">
+      <c r="A1255" s="2508" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B1255" s="2509" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="1256">
+      <c r="A1256" s="2510" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B1256" s="2511" t="s">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="1257">
+      <c r="A1257" s="2512" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B1257" s="2513" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="1258">
+      <c r="A1258" s="2514" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1258" s="2515" t="s">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="1259">
+      <c r="A1259" s="2516" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1259" s="2517" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="1260">
+      <c r="A1260" s="2518" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1260" s="2519" t="s">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="1261">
+      <c r="A1261" s="2520" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1261" s="2521" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="1262">
+      <c r="A1262" s="2522" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1262" s="2523" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="1263">
+      <c r="A1263" s="2524" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1263" s="2525" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="1264">
+      <c r="A1264" s="2526" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1264" s="2527" t="s">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="1265">
+      <c r="A1265" s="2528" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1265" s="2529" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="1266">
+      <c r="A1266" s="2530" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1266" s="2531" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="1267">
+      <c r="A1267" s="2532" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1267" s="2533" t="s">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="1268">
+      <c r="A1268" s="2534" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1268" s="2535" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="1269">
+      <c r="A1269" s="2536" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1269" s="2537" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="1270">
+      <c r="A1270" s="2538" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1270" s="2539" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="1271">
+      <c r="A1271" s="2540" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1271" s="2541" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="1272">
+      <c r="A1272" s="2542" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1272" s="2543" t="s">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="1273">
+      <c r="A1273" s="2544" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1273" s="2545" t="s">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="1274">
+      <c r="A1274" s="2546" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1274" s="2547" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="1275">
+      <c r="A1275" s="2548" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1275" s="2549" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="1276">
+      <c r="A1276" s="2550" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1276" s="2551" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="1277">
+      <c r="A1277" s="2552" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1277" s="2553" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="1278">
+      <c r="A1278" s="2554" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1278" s="2555" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="1279">
+      <c r="A1279" s="2556" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1279" s="2557" t="s">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="1280">
+      <c r="A1280" s="2558" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1280" s="2559" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="1281">
+      <c r="A1281" s="2560" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1281" s="2561" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="1282">
+      <c r="A1282" s="2562" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1282" s="2563" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="1283">
+      <c r="A1283" s="2564" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1283" s="2565" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="1284">
+      <c r="A1284" s="2566" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1284" s="2567" t="s">
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="1285">
+      <c r="A1285" s="2568" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1285" s="2569" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="1286">
+      <c r="A1286" s="2570" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1286" s="2571" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="1287">
+      <c r="A1287" s="2572" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1287" s="2573" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="1288">
+      <c r="A1288" s="2574" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1288" s="2575" t="s">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="1289">
+      <c r="A1289" s="2576" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1289" s="2577" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="1290">
+      <c r="A1290" s="2578" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1290" s="2579" t="s">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="1291">
+      <c r="A1291" s="2580" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1291" s="2581" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="1292">
+      <c r="A1292" s="2582" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1292" s="2583" t="s">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="1293">
+      <c r="A1293" s="2584" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1293" s="2585" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="1294">
+      <c r="A1294" s="2586" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1294" s="2587" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="1295">
+      <c r="A1295" s="2588" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1295" s="2589" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="1296">
+      <c r="A1296" s="2590" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1296" s="2591" t="s">
+        <v>1411</v>
+      </c>
+    </row>
+    <row r="1297">
+      <c r="A1297" s="2592" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1297" s="2593" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="1298">
+      <c r="A1298" s="2594" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1298" s="2595" t="s">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="1299">
+      <c r="A1299" s="2596" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B1299" s="2597" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="1300">
+      <c r="A1300" s="2598" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B1300" s="2599" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="1301">
+      <c r="A1301" s="2600" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B1301" s="2601" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="1302">
+      <c r="A1302" s="2602" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B1302" s="2603" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="1303">
+      <c r="A1303" s="2604" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B1303" s="2605" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="1304">
+      <c r="A1304" s="2606" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B1304" s="2607" t="s">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="1305">
+      <c r="A1305" s="2608" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1305" s="2609" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="1306">
+      <c r="A1306" s="2610" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1306" s="2611" t="s">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="1307">
+      <c r="A1307" s="2612" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1307" s="2613" t="s">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="1308">
+      <c r="A1308" s="2614" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1308" s="2615" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="1309">
+      <c r="A1309" s="2616" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1309" s="2617" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="1310">
+      <c r="A1310" s="2618" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1310" s="2619" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="1311">
+      <c r="A1311" s="2620" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1311" s="2621" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="1312">
+      <c r="A1312" s="2622" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1312" s="2623" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="1313">
+      <c r="A1313" s="2624" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1313" s="2625" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="1314">
+      <c r="A1314" s="2626" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1314" s="2627" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="1315">
+      <c r="A1315" s="2628" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1315" s="2629" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="1316">
+      <c r="A1316" s="2630" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1316" s="2631" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="1317">
+      <c r="A1317" s="2632" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1317" s="2633" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="1318">
+      <c r="A1318" s="2634" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1318" s="2635" t="s">
+        <v>1435</v>
+      </c>
+    </row>
+    <row r="1319">
+      <c r="A1319" s="2636" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1319" s="2637" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="1320">
+      <c r="A1320" s="2638" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1320" s="2639" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="1321">
+      <c r="A1321" s="2640" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1321" s="2641" t="s">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="1322">
+      <c r="A1322" s="2642" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1322" s="2643" t="s">
+        <v>1439</v>
+      </c>
+    </row>
+    <row r="1323">
+      <c r="A1323" s="2644" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1323" s="2645" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="1324">
+      <c r="A1324" s="2646" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1324" s="2647" t="s">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="1325">
+      <c r="A1325" s="2648" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1325" s="2649" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="1326">
+      <c r="A1326" s="2650" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1326" s="2651" t="s">
+        <v>1443</v>
+      </c>
+    </row>
+    <row r="1327">
+      <c r="A1327" s="2652" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1327" s="2653" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="1328">
+      <c r="A1328" s="2654" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1328" s="2655" t="s">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="1329">
+      <c r="A1329" s="2656" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1329" s="2657" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="1330">
+      <c r="A1330" s="2658" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1330" s="2659" t="s">
+        <v>1447</v>
+      </c>
+    </row>
+    <row r="1331">
+      <c r="A1331" s="2660" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1331" s="2661" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="1332">
+      <c r="A1332" s="2662" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1332" s="2663" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="1333">
+      <c r="A1333" s="2664" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1333" s="2665" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="1334">
+      <c r="A1334" s="2666" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1334" s="2667" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="1335">
+      <c r="A1335" s="2668" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1335" s="2669" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="1336">
+      <c r="A1336" s="2670" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1336" s="2671" t="s">
+        <v>1453</v>
+      </c>
+    </row>
+    <row r="1337">
+      <c r="A1337" s="2672" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1337" s="2673" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="1338">
+      <c r="A1338" s="2674" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1338" s="2675" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="1339">
+      <c r="A1339" s="2676" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1339" s="2677" t="s">
+        <v>1456</v>
+      </c>
+    </row>
+    <row r="1340">
+      <c r="A1340" s="2678" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1340" s="2679" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="1341">
+      <c r="A1341" s="2680" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1341" s="2681" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="1342">
+      <c r="A1342" s="2682" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1342" s="2683" t="s">
+        <v>1459</v>
+      </c>
+    </row>
+    <row r="1343">
+      <c r="A1343" s="2684" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1343" s="2685" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="1344">
+      <c r="A1344" s="2686" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1344" s="2687" t="s">
+        <v>1461</v>
+      </c>
+    </row>
+    <row r="1345">
+      <c r="A1345" s="2688" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1345" s="2689" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="1346">
+      <c r="A1346" s="2690" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1346" s="2691" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="1347">
+      <c r="A1347" s="2692" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1347" s="2693" t="s">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="1348">
+      <c r="A1348" s="2694" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1348" s="2695" t="s">
+        <v>1465</v>
+      </c>
+    </row>
+    <row r="1349">
+      <c r="A1349" s="2696" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1349" s="2697" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="1350">
+      <c r="A1350" s="2698" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1350" s="2699" t="s">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="1351">
+      <c r="A1351" s="2700" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1351" s="2701" t="s">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="1352">
+      <c r="A1352" s="2702" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1352" s="2703" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="1353">
+      <c r="A1353" s="2704" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1353" s="2705" t="s">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="1354">
+      <c r="A1354" s="2706" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1354" s="2707" t="s">
+        <v>1471</v>
+      </c>
+    </row>
+    <row r="1355">
+      <c r="A1355" s="2708" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1355" s="2709" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="1356">
+      <c r="A1356" s="2710" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B1356" s="2711" t="s">
+        <v>1473</v>
+      </c>
+    </row>
+    <row r="1357">
+      <c r="A1357" s="2712" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B1357" s="2713" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="1358">
+      <c r="A1358" s="2714" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B1358" s="2715" t="s">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="1359">
+      <c r="A1359" s="2716" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B1359" s="2717" t="s">
+        <v>1477</v>
+      </c>
+    </row>
+    <row r="1360">
+      <c r="A1360" s="2718" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B1360" s="2719" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="1361">
+      <c r="A1361" s="2720" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B1361" s="2721" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="1362">
+      <c r="A1362" s="2722" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B1362" s="2723" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="1363">
+      <c r="A1363" s="2724" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B1363" s="2725" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="1364">
+      <c r="A1364" s="2726" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B1364" s="2727" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="1365">
+      <c r="A1365" s="2728" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B1365" s="2729" t="s">
+        <v>1483</v>
+      </c>
+    </row>
+    <row r="1366">
+      <c r="A1366" s="2730" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B1366" s="2731" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="1367">
+      <c r="A1367" s="2732" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1367" s="2733" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="1368">
+      <c r="A1368" s="2734" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1368" s="2735" t="s">
+        <v>1487</v>
+      </c>
+    </row>
+    <row r="1369">
+      <c r="A1369" s="2736" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1369" s="2737" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="1370">
+      <c r="A1370" s="2738" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1370" s="2739" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="1371">
+      <c r="A1371" s="2740" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1371" s="2741" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="1372">
+      <c r="A1372" s="2742" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1372" s="2743" t="s">
+        <v>1491</v>
+      </c>
+    </row>
+    <row r="1373">
+      <c r="A1373" s="2744" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1373" s="2745" t="s">
+        <v>1492</v>
+      </c>
+    </row>
+    <row r="1374">
+      <c r="A1374" s="2746" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1374" s="2747" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="1375">
+      <c r="A1375" s="2748" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1375" s="2749" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="1376">
+      <c r="A1376" s="2750" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1376" s="2751" t="s">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="1377">
+      <c r="A1377" s="2752" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1377" s="2753" t="s">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="1378">
+      <c r="A1378" s="2754" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1378" s="2755" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="1379">
+      <c r="A1379" s="2756" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1379" s="2757" t="s">
+        <v>1498</v>
+      </c>
+    </row>
+    <row r="1380">
+      <c r="A1380" s="2758" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1380" s="2759" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="1381">
+      <c r="A1381" s="2760" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1381" s="2761" t="s">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="1382">
+      <c r="A1382" s="2762" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1382" s="2763" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="1383">
+      <c r="A1383" s="2764" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1383" s="2765" t="s">
+        <v>1502</v>
+      </c>
+    </row>
+    <row r="1384">
+      <c r="A1384" s="2766" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1384" s="2767" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="1385">
+      <c r="A1385" s="2768" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1385" s="2769" t="s">
+        <v>1504</v>
+      </c>
+    </row>
+    <row r="1386">
+      <c r="A1386" s="2770" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1386" s="2771" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="1387">
+      <c r="A1387" s="2772" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1387" s="2773" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="1388">
+      <c r="A1388" s="2774" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1388" s="2775" t="s">
+        <v>1507</v>
+      </c>
+    </row>
+    <row r="1389">
+      <c r="A1389" s="2776" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1389" s="2777" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="1390">
+      <c r="A1390" s="2778" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1390" s="2779" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="1391">
+      <c r="A1391" s="2780" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1391" s="2781" t="s">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="1392">
+      <c r="A1392" s="2782" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1392" s="2783" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="1393">
+      <c r="A1393" s="2784" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1393" s="2785" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="1394">
+      <c r="A1394" s="2786" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1394" s="2787" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="1395">
+      <c r="A1395" s="2788" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1395" s="2789" t="s">
+        <v>1514</v>
+      </c>
+    </row>
+    <row r="1396">
+      <c r="A1396" s="2790" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1396" s="2791" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="1397">
+      <c r="A1397" s="2792" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1397" s="2793" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="1398">
+      <c r="A1398" s="2794" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1398" s="2795" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="1399">
+      <c r="A1399" s="2796" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1399" s="2797" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="1400">
+      <c r="A1400" s="2798" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1400" s="2799" t="s">
+        <v>1519</v>
+      </c>
+    </row>
+    <row r="1401">
+      <c r="A1401" s="2800" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1401" s="2801" t="s">
+        <v>1520</v>
+      </c>
+    </row>
+    <row r="1402">
+      <c r="A1402" s="2802" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1402" s="2803" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="1403">
+      <c r="A1403" s="2804" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1403" s="2805" t="s">
+        <v>1522</v>
+      </c>
+    </row>
+    <row r="1404">
+      <c r="A1404" s="2806" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1404" s="2807" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="1405">
+      <c r="A1405" s="2808" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1405" s="2809" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="1406">
+      <c r="A1406" s="2810" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1406" s="2811" t="s">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="1407">
+      <c r="A1407" s="2812" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1407" s="2813" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="1408">
+      <c r="A1408" s="2814" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1408" s="2815" t="s">
+        <v>1527</v>
+      </c>
+    </row>
+    <row r="1409">
+      <c r="A1409" s="2816" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1409" s="2817" t="s">
+        <v>1528</v>
+      </c>
+    </row>
+    <row r="1410">
+      <c r="A1410" s="2818" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1410" s="2819" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="1411">
+      <c r="A1411" s="2820" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1411" s="2821" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="1412">
+      <c r="A1412" s="2822" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1412" s="2823" t="s">
+        <v>1531</v>
+      </c>
+    </row>
+    <row r="1413">
+      <c r="A1413" s="2824" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1413" s="2825" t="s">
+        <v>1532</v>
+      </c>
+    </row>
+    <row r="1414">
+      <c r="A1414" s="2826" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1414" s="2827" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="1415">
+      <c r="A1415" s="2828" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1415" s="2829" t="s">
+        <v>1534</v>
+      </c>
+    </row>
+    <row r="1416">
+      <c r="A1416" s="2830" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1416" s="2831" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="1417">
+      <c r="A1417" s="2832" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1417" s="2833" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="1418">
+      <c r="A1418" s="2834" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1418" s="2835" t="s">
+        <v>1537</v>
+      </c>
+    </row>
+    <row r="1419">
+      <c r="A1419" s="2836" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1419" s="2837" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="1420">
+      <c r="A1420" s="2838" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1420" s="2839" t="s">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="1421">
+      <c r="A1421" s="2840" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1421" s="2841" t="s">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="1422">
+      <c r="A1422" s="2842" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1422" s="2843" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="1423">
+      <c r="A1423" s="2844" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1423" s="2845" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="1424">
+      <c r="A1424" s="2846" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1424" s="2847" t="s">
+        <v>1543</v>
+      </c>
+    </row>
+    <row r="1425">
+      <c r="A1425" s="2848" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1425" s="2849" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="1426">
+      <c r="A1426" s="2850" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1426" s="2851" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="1427">
+      <c r="A1427" s="2852" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1427" s="2853" t="s">
+        <v>1546</v>
+      </c>
+    </row>
+    <row r="1428">
+      <c r="A1428" s="2854" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1428" s="2855" t="s">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="1429">
+      <c r="A1429" s="2856" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1429" s="2857" t="s">
+        <v>1548</v>
+      </c>
+    </row>
+    <row r="1430">
+      <c r="A1430" s="2858" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1430" s="2859" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="1431">
+      <c r="A1431" s="2860" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1431" s="2861" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="1432">
+      <c r="A1432" s="2862" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1432" s="2863" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="1433">
+      <c r="A1433" s="2864" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1433" s="2865" t="s">
+        <v>1552</v>
+      </c>
+    </row>
+    <row r="1434">
+      <c r="A1434" s="2866" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1434" s="2867" t="s">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="1435">
+      <c r="A1435" s="2868" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1435" s="2869" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="1436">
+      <c r="A1436" s="2870" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1436" s="2871" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="1437">
+      <c r="A1437" s="2872" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1437" s="2873" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="1438">
+      <c r="A1438" s="2874" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1438" s="2875" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="1439">
+      <c r="A1439" s="2876" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1439" s="2877" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="1440">
+      <c r="A1440" s="2878" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1440" s="2879" t="s">
+        <v>1559</v>
+      </c>
+    </row>
+    <row r="1441">
+      <c r="A1441" s="2880" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1441" s="2881" t="s">
+        <v>1560</v>
+      </c>
+    </row>
+    <row r="1442">
+      <c r="A1442" s="2882" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1442" s="2883" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="1443">
+      <c r="A1443" s="2884" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1443" s="2885" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="1444">
+      <c r="A1444" s="2886" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1444" s="2887" t="s">
+        <v>1563</v>
+      </c>
+    </row>
+    <row r="1445">
+      <c r="A1445" s="2888" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1445" s="2889" t="s">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="1446">
+      <c r="A1446" s="2890" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1446" s="2891" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="1447">
+      <c r="A1447" s="2892" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1447" s="2893" t="s">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="1448">
+      <c r="A1448" s="2894" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1448" s="2895" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="1449">
+      <c r="A1449" s="2896" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1449" s="2897" t="s">
+        <v>1568</v>
+      </c>
+    </row>
+    <row r="1450">
+      <c r="A1450" s="2898" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1450" s="2899" t="s">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="1451">
+      <c r="A1451" s="2900" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1451" s="2901" t="s">
+        <v>1570</v>
+      </c>
+    </row>
+    <row r="1452">
+      <c r="A1452" s="2902" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1452" s="2903" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="1453">
+      <c r="A1453" s="2904" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1453" s="2905" t="s">
+        <v>1572</v>
+      </c>
+    </row>
+    <row r="1454">
+      <c r="A1454" s="2906" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1454" s="2907" t="s">
+        <v>1573</v>
+      </c>
+    </row>
+    <row r="1455">
+      <c r="A1455" s="2908" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1455" s="2909" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="1456">
+      <c r="A1456" s="2910" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1456" s="2911" t="s">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="1457">
+      <c r="A1457" s="2912" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1457" s="2913" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="1458">
+      <c r="A1458" s="2914" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1458" s="2915" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1459">
+      <c r="A1459" s="2916" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1459" s="2917" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="1460">
+      <c r="A1460" s="2918" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1460" s="2919" t="s">
+        <v>1579</v>
+      </c>
+    </row>
+    <row r="1461">
+      <c r="A1461" s="2920" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1461" s="2921" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="1462">
+      <c r="A1462" s="2922" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1462" s="2923" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="1463">
+      <c r="A1463" s="2924" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1463" s="2925" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="1464">
+      <c r="A1464" s="2926" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1464" s="2927" t="s">
+        <v>1583</v>
+      </c>
+    </row>
+    <row r="1465">
+      <c r="A1465" s="2928" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1465" s="2929" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="1466">
+      <c r="A1466" s="2930" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1466" s="2931" t="s">
+        <v>1585</v>
+      </c>
+    </row>
+    <row r="1467">
+      <c r="A1467" s="2932" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1467" s="2933" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="1468">
+      <c r="A1468" s="2934" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1468" s="2935" t="s">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="1469">
+      <c r="A1469" s="2936" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1469" s="2937" t="s">
+        <v>1588</v>
+      </c>
+    </row>
+    <row r="1470">
+      <c r="A1470" s="2938" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1470" s="2939" t="s">
+        <v>1589</v>
+      </c>
+    </row>
+    <row r="1471">
+      <c r="A1471" s="2940" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1471" s="2941" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="1472">
+      <c r="A1472" s="2942" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1472" s="2943" t="s">
+        <v>1591</v>
+      </c>
+    </row>
+    <row r="1473">
+      <c r="A1473" s="2944" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B1473" s="2945" t="s">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="1474">
+      <c r="A1474" s="2946" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1474" s="2947" t="s">
+        <v>1594</v>
+      </c>
+    </row>
+    <row r="1475">
+      <c r="A1475" s="2948" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1475" s="2949" t="s">
+        <v>1595</v>
+      </c>
+    </row>
+    <row r="1476">
+      <c r="A1476" s="2950" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1476" s="2951" t="s">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="1477">
+      <c r="A1477" s="2952" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1477" s="2953" t="s">
+        <v>1597</v>
+      </c>
+    </row>
+    <row r="1478">
+      <c r="A1478" s="2954" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1478" s="2955" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="1479">
+      <c r="A1479" s="2956" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1479" s="2957" t="s">
+        <v>1599</v>
+      </c>
+    </row>
+    <row r="1480">
+      <c r="A1480" s="2958" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1480" s="2959" t="s">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="1481">
+      <c r="A1481" s="2960" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1481" s="2961" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="1482">
+      <c r="A1482" s="2962" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1482" s="2963" t="s">
+        <v>1602</v>
+      </c>
+    </row>
+    <row r="1483">
+      <c r="A1483" s="2964" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1483" s="2965" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="1484">
+      <c r="A1484" s="2966" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1484" s="2967" t="s">
+        <v>1604</v>
+      </c>
+    </row>
+    <row r="1485">
+      <c r="A1485" s="2968" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1485" s="2969" t="s">
+        <v>1605</v>
+      </c>
+    </row>
+    <row r="1486">
+      <c r="A1486" s="2970" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1486" s="2971" t="s">
+        <v>1606</v>
+      </c>
+    </row>
+    <row r="1487">
+      <c r="A1487" s="2972" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1487" s="2973" t="s">
+        <v>1607</v>
+      </c>
+    </row>
+    <row r="1488">
+      <c r="A1488" s="2974" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1488" s="2975" t="s">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="1489">
+      <c r="A1489" s="2976" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1489" s="2977" t="s">
+        <v>1609</v>
+      </c>
+    </row>
+    <row r="1490">
+      <c r="A1490" s="2978" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1490" s="2979" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="1491">
+      <c r="A1491" s="2980" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1491" s="2981" t="s">
+        <v>1611</v>
+      </c>
+    </row>
+    <row r="1492">
+      <c r="A1492" s="2982" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1492" s="2983" t="s">
+        <v>1612</v>
+      </c>
+    </row>
+    <row r="1493">
+      <c r="A1493" s="2984" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1493" s="2985" t="s">
+        <v>1613</v>
+      </c>
+    </row>
+    <row r="1494">
+      <c r="A1494" s="2986" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1494" s="2987" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="1495">
+      <c r="A1495" s="2988" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1495" s="2989" t="s">
+        <v>1615</v>
+      </c>
+    </row>
+    <row r="1496">
+      <c r="A1496" s="2990" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1496" s="2991" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="1497">
+      <c r="A1497" s="2992" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1497" s="2993" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="1498">
+      <c r="A1498" s="2994" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1498" s="2995" t="s">
+        <v>1618</v>
+      </c>
+    </row>
+    <row r="1499">
+      <c r="A1499" s="2996" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B1499" s="2997" t="s">
+        <v>1619</v>
+      </c>
+    </row>
+    <row r="1500">
+      <c r="A1500" s="2998" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B1500" s="2999" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="1501">
+      <c r="A1501" s="3000" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B1501" s="3001" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="1502">
+      <c r="A1502" s="3002" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B1502" s="3003" t="s">
+        <v>1623</v>
+      </c>
+    </row>
+    <row r="1503">
+      <c r="A1503" s="3004" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B1503" s="3005" t="s">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="1504">
+      <c r="A1504" s="3006" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B1504" s="3007" t="s">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="1505">
+      <c r="A1505" s="3008" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B1505" s="3009" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="1506">
+      <c r="A1506" s="3010" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B1506" s="3011" t="s">
+        <v>1627</v>
+      </c>
+    </row>
+    <row r="1507">
+      <c r="A1507" s="3012" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B1507" s="3013" t="s">
+        <v>1628</v>
+      </c>
+    </row>
+    <row r="1508">
+      <c r="A1508" s="3014" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B1508" s="3015" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="1509">
+      <c r="A1509" s="3016" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B1509" s="3017" t="s">
+        <v>1630</v>
+      </c>
+    </row>
+    <row r="1510">
+      <c r="A1510" s="3018" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B1510" s="3019" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="1511">
+      <c r="A1511" s="3020" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B1511" s="3021" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="1512">
+      <c r="A1512" s="3022" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B1512" s="3023" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1513">
+      <c r="A1513" s="3024" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B1513" s="3025" t="s">
+        <v>1634</v>
+      </c>
+    </row>
+    <row r="1514">
+      <c r="A1514" s="3026" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B1514" s="3027" t="s">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="1515">
+      <c r="A1515" s="3028" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B1515" s="3029" t="s">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="1516">
+      <c r="A1516" s="3030" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1516" s="3031" t="s">
+        <v>1638</v>
+      </c>
+    </row>
+    <row r="1517">
+      <c r="A1517" s="3032" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1517" s="3033" t="s">
+        <v>1639</v>
+      </c>
+    </row>
+    <row r="1518">
+      <c r="A1518" s="3034" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1518" s="3035" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="1519">
+      <c r="A1519" s="3036" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1519" s="3037" t="s">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="1520">
+      <c r="A1520" s="3038" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1520" s="3039" t="s">
+        <v>1642</v>
+      </c>
+    </row>
+    <row r="1521">
+      <c r="A1521" s="3040" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1521" s="3041" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="1522">
+      <c r="A1522" s="3042" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1522" s="3043" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="1523">
+      <c r="A1523" s="3044" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1523" s="3045" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="1524">
+      <c r="A1524" s="3046" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1524" s="3047" t="s">
+        <v>1646</v>
+      </c>
+    </row>
+    <row r="1525">
+      <c r="A1525" s="3048" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1525" s="3049" t="s">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="1526">
+      <c r="A1526" s="3050" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1526" s="3051" t="s">
+        <v>1648</v>
+      </c>
+    </row>
+    <row r="1527">
+      <c r="A1527" s="3052" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1527" s="3053" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="1528">
+      <c r="A1528" s="3054" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1528" s="3055" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="1529">
+      <c r="A1529" s="3056" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1529" s="3057" t="s">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="1530">
+      <c r="A1530" s="3058" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1530" s="3059" t="s">
+        <v>1652</v>
+      </c>
+    </row>
+    <row r="1531">
+      <c r="A1531" s="3060" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1531" s="3061" t="s">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="1532">
+      <c r="A1532" s="3062" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1532" s="3063" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="1533">
+      <c r="A1533" s="3064" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1533" s="3065" t="s">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="1534">
+      <c r="A1534" s="3066" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1534" s="3067" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="1535">
+      <c r="A1535" s="3068" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1535" s="3069" t="s">
+        <v>1657</v>
+      </c>
+    </row>
+    <row r="1536">
+      <c r="A1536" s="3070" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1536" s="3071" t="s">
+        <v>1658</v>
+      </c>
+    </row>
+    <row r="1537">
+      <c r="A1537" s="3072" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1537" s="3073" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="1538">
+      <c r="A1538" s="3074" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1538" s="3075" t="s">
+        <v>1660</v>
+      </c>
+    </row>
+    <row r="1539">
+      <c r="A1539" s="3076" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1539" s="3077" t="s">
+        <v>1661</v>
+      </c>
+    </row>
+    <row r="1540">
+      <c r="A1540" s="3078" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1540" s="3079" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="1541">
+      <c r="A1541" s="3080" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1541" s="3081" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="1542">
+      <c r="A1542" s="3082" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1542" s="3083" t="s">
+        <v>1664</v>
+      </c>
+    </row>
+    <row r="1543">
+      <c r="A1543" s="3084" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1543" s="3085" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="1544">
+      <c r="A1544" s="3086" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1544" s="3087" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="1545">
+      <c r="A1545" s="3088" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B1545" s="3089" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="1546">
+      <c r="A1546" s="3090" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1546" s="3091" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="1547">
+      <c r="A1547" s="3092" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1547" s="3093" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="1548">
+      <c r="A1548" s="3094" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1548" s="3095" t="s">
+        <v>1669</v>
+      </c>
+    </row>
+    <row r="1549">
+      <c r="A1549" s="3096" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1549" s="3097" t="s">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="1550">
+      <c r="A1550" s="3098" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1550" s="3099" t="s">
+        <v>1671</v>
+      </c>
+    </row>
+    <row r="1551">
+      <c r="A1551" s="3100" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1551" s="3101" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="1552">
+      <c r="A1552" s="3102" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1552" s="3103" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="1553">
+      <c r="A1553" s="3104" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1553" s="3105" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="1554">
+      <c r="A1554" s="3106" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1554" s="3107" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="1555">
+      <c r="A1555" s="3108" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1555" s="3109" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="1556">
+      <c r="A1556" s="3110" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1556" s="3111" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="1557">
+      <c r="A1557" s="3112" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1557" s="3113" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="1558">
+      <c r="A1558" s="3114" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1558" s="3115" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="1559">
+      <c r="A1559" s="3116" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1559" s="3117" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="1560">
+      <c r="A1560" s="3118" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1560" s="3119" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="1561">
+      <c r="A1561" s="3120" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1561" s="3121" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="1562">
+      <c r="A1562" s="3122" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1562" s="3123" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="1563">
+      <c r="A1563" s="3124" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1563" s="3125" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="1564">
+      <c r="A1564" s="3126" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1564" s="3127" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="1565">
+      <c r="A1565" s="3128" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1565" s="3129" t="s">
+        <v>1673</v>
+      </c>
+    </row>
+    <row r="1566">
+      <c r="A1566" s="3130" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B1566" s="3131" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="1567">
+      <c r="A1567" s="3132" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B1567" s="3133" t="s">
+        <v>1675</v>
+      </c>
+    </row>
+    <row r="1568">
+      <c r="A1568" s="3134" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B1568" s="3135" t="s">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="1569">
+      <c r="A1569" s="3136" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B1569" s="3137" t="s">
+        <v>1677</v>
+      </c>
+    </row>
+    <row r="1570">
+      <c r="A1570" s="3138" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B1570" s="3139" t="s">
+        <v>1678</v>
+      </c>
+    </row>
+    <row r="1571">
+      <c r="A1571" s="3140" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B1571" s="3141" t="s">
+        <v>1679</v>
+      </c>
+    </row>
+    <row r="1572">
+      <c r="A1572" s="3142" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B1572" s="3143" t="s">
+        <v>1680</v>
+      </c>
+    </row>
+    <row r="1573">
+      <c r="A1573" s="3144" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B1573" s="3145" t="s">
+        <v>1681</v>
+      </c>
+    </row>
+    <row r="1574">
+      <c r="A1574" s="3146" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B1574" s="3147" t="s">
+        <v>1682</v>
+      </c>
+    </row>
+    <row r="1575">
+      <c r="A1575" s="3148" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B1575" s="3149" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="1576">
+      <c r="A1576" s="3150" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B1576" s="3151" t="s">
+        <v>1684</v>
+      </c>
+    </row>
+    <row r="1577">
+      <c r="A1577" s="3152" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B1577" s="3153" t="s">
+        <v>1685</v>
+      </c>
+    </row>
+    <row r="1578">
+      <c r="A1578" s="3154" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B1578" s="3155" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="1579">
+      <c r="A1579" s="3156" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B1579" s="3157" t="s">
+        <v>1687</v>
+      </c>
+    </row>
+    <row r="1580">
+      <c r="A1580" s="3158" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B1580" s="3159" t="s">
+        <v>1688</v>
+      </c>
+    </row>
+    <row r="1581">
+      <c r="A1581" s="3160" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B1581" s="3161" t="s">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="1582">
+      <c r="A1582" s="3162" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B1582" s="3163" t="s">
+        <v>1691</v>
+      </c>
+    </row>
+    <row r="1583">
+      <c r="A1583" s="3164" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B1583" s="3165" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="1584">
+      <c r="A1584" s="3166" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B1584" s="3167" t="s">
+        <v>1693</v>
+      </c>
+    </row>
+    <row r="1585">
+      <c r="A1585" s="3168" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B1585" s="3169" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="1586">
+      <c r="A1586" s="3170" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1586" s="3171" t="s">
+        <v>1696</v>
+      </c>
+    </row>
+    <row r="1587">
+      <c r="A1587" s="3172" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1587" s="3173" t="s">
+        <v>1697</v>
+      </c>
+    </row>
+    <row r="1588">
+      <c r="A1588" s="3174" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1588" s="3175" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="1589">
+      <c r="A1589" s="3176" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1589" s="3177" t="s">
+        <v>1699</v>
+      </c>
+    </row>
+    <row r="1590">
+      <c r="A1590" s="3178" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1590" s="3179" t="s">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="1591">
+      <c r="A1591" s="3180" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1591" s="3181" t="s">
+        <v>1701</v>
+      </c>
+    </row>
+    <row r="1592">
+      <c r="A1592" s="3182" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1592" s="3183" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="1593">
+      <c r="A1593" s="3184" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1593" s="3185" t="s">
+        <v>1703</v>
+      </c>
+    </row>
+    <row r="1594">
+      <c r="A1594" s="3186" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1594" s="3187" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="1595">
+      <c r="A1595" s="3188" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1595" s="3189" t="s">
+        <v>1705</v>
+      </c>
+    </row>
+    <row r="1596">
+      <c r="A1596" s="3190" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1596" s="3191" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="1597">
+      <c r="A1597" s="3192" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1597" s="3193" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="1598">
+      <c r="A1598" s="3194" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1598" s="3195" t="s">
+        <v>1708</v>
+      </c>
+    </row>
+    <row r="1599">
+      <c r="A1599" s="3196" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1599" s="3197" t="s">
+        <v>1709</v>
+      </c>
+    </row>
+    <row r="1600">
+      <c r="A1600" s="3198" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1600" s="3199" t="s">
+        <v>1710</v>
+      </c>
+    </row>
+    <row r="1601">
+      <c r="A1601" s="3200" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1601" s="3201" t="s">
+        <v>1711</v>
+      </c>
+    </row>
+    <row r="1602">
+      <c r="A1602" s="3202" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1602" s="3203" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="1603">
+      <c r="A1603" s="3204" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1603" s="3205" t="s">
+        <v>1713</v>
+      </c>
+    </row>
+    <row r="1604">
+      <c r="A1604" s="3206" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1604" s="3207" t="s">
+        <v>1714</v>
+      </c>
+    </row>
+    <row r="1605">
+      <c r="A1605" s="3208" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1605" s="3209" t="s">
+        <v>1715</v>
+      </c>
+    </row>
+    <row r="1606">
+      <c r="A1606" s="3210" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1606" s="3211" t="s">
+        <v>1716</v>
+      </c>
+    </row>
+    <row r="1607">
+      <c r="A1607" s="3212" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1607" s="3213" t="s">
+        <v>1717</v>
+      </c>
+    </row>
+    <row r="1608">
+      <c r="A1608" s="3214" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B1608" s="3215" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="1609">
+      <c r="A1609" s="3216" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1609" s="3217" t="s">
+        <v>1720</v>
+      </c>
+    </row>
+    <row r="1610">
+      <c r="A1610" s="3218" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1610" s="3219" t="s">
+        <v>1721</v>
+      </c>
+    </row>
+    <row r="1611">
+      <c r="A1611" s="3220" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1611" s="3221" t="s">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="1612">
+      <c r="A1612" s="3222" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1612" s="3223" t="s">
+        <v>1723</v>
+      </c>
+    </row>
+    <row r="1613">
+      <c r="A1613" s="3224" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1613" s="3225" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="1614">
+      <c r="A1614" s="3226" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1614" s="3227" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="1615">
+      <c r="A1615" s="3228" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1615" s="3229" t="s">
+        <v>1726</v>
+      </c>
+    </row>
+    <row r="1616">
+      <c r="A1616" s="3230" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1616" s="3231" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="1617">
+      <c r="A1617" s="3232" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1617" s="3233" t="s">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="1618">
+      <c r="A1618" s="3234" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1618" s="3235" t="s">
+        <v>1729</v>
+      </c>
+    </row>
+    <row r="1619">
+      <c r="A1619" s="3236" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1619" s="3237" t="s">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="1620">
+      <c r="A1620" s="3238" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1620" s="3239" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="1621">
+      <c r="A1621" s="3240" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1621" s="3241" t="s">
+        <v>1732</v>
+      </c>
+    </row>
+    <row r="1622">
+      <c r="A1622" s="3242" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1622" s="3243" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="1623">
+      <c r="A1623" s="3244" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1623" s="3245" t="s">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="1624">
+      <c r="A1624" s="3246" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1624" s="3247" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="1625">
+      <c r="A1625" s="3248" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1625" s="3249" t="s">
+        <v>1736</v>
+      </c>
+    </row>
+    <row r="1626">
+      <c r="A1626" s="3250" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1626" s="3251" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="1627">
+      <c r="A1627" s="3252" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1627" s="3253" t="s">
+        <v>1738</v>
+      </c>
+    </row>
+    <row r="1628">
+      <c r="A1628" s="3254" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1628" s="3255" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="1629">
+      <c r="A1629" s="3256" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B1629" s="3257" t="s">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="1630">
+      <c r="A1630" s="3258" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1630" s="3259" t="s">
+        <v>1742</v>
+      </c>
+    </row>
+    <row r="1631">
+      <c r="A1631" s="3260" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1631" s="3261" t="s">
+        <v>1743</v>
+      </c>
+    </row>
+    <row r="1632">
+      <c r="A1632" s="3262" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1632" s="3263" t="s">
+        <v>1744</v>
+      </c>
+    </row>
+    <row r="1633">
+      <c r="A1633" s="3264" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1633" s="3265" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="1634">
+      <c r="A1634" s="3266" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1634" s="3267" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="1635">
+      <c r="A1635" s="3268" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1635" s="3269" t="s">
+        <v>1747</v>
+      </c>
+    </row>
+    <row r="1636">
+      <c r="A1636" s="3270" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1636" s="3271" t="s">
+        <v>1748</v>
+      </c>
+    </row>
+    <row r="1637">
+      <c r="A1637" s="3272" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1637" s="3273" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="1638">
+      <c r="A1638" s="3274" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1638" s="3275" t="s">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="1639">
+      <c r="A1639" s="3276" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1639" s="3277" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="1640">
+      <c r="A1640" s="3278" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1640" s="3279" t="s">
+        <v>1752</v>
+      </c>
+    </row>
+    <row r="1641">
+      <c r="A1641" s="3280" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1641" s="3281" t="s">
+        <v>1753</v>
+      </c>
+    </row>
+    <row r="1642">
+      <c r="A1642" s="3282" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1642" s="3283" t="s">
+        <v>1754</v>
+      </c>
+    </row>
+    <row r="1643">
+      <c r="A1643" s="3284" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1643" s="3285" t="s">
+        <v>1755</v>
+      </c>
+    </row>
+    <row r="1644">
+      <c r="A1644" s="3286" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1644" s="3287" t="s">
+        <v>1756</v>
+      </c>
+    </row>
+    <row r="1645">
+      <c r="A1645" s="3288" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1645" s="3289" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="1646">
+      <c r="A1646" s="3290" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1646" s="3291" t="s">
+        <v>1758</v>
+      </c>
+    </row>
+    <row r="1647">
+      <c r="A1647" s="3292" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1647" s="3293" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="1648">
+      <c r="A1648" s="3294" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1648" s="3295" t="s">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="1649">
+      <c r="A1649" s="3296" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1649" s="3297" t="s">
+        <v>1761</v>
+      </c>
+    </row>
+    <row r="1650">
+      <c r="A1650" s="3298" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B1650" s="3299" t="s">
+        <v>1762</v>
+      </c>
+    </row>
+    <row r="1651">
+      <c r="A1651" s="3300" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B1651" s="3301" t="s">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="1652">
+      <c r="A1652" s="3302" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B1652" s="3303" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="1653">
+      <c r="A1653" s="3304" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B1653" s="3305" t="s">
+        <v>1766</v>
+      </c>
+    </row>
+    <row r="1654">
+      <c r="A1654" s="3306" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B1654" s="3307" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="1655">
+      <c r="A1655" s="3308" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B1655" s="3309" t="s">
+        <v>1768</v>
+      </c>
+    </row>
+    <row r="1656">
+      <c r="A1656" s="3310" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B1656" s="3311" t="s">
+        <v>1770</v>
+      </c>
+    </row>
+    <row r="1657">
+      <c r="A1657" s="3312" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B1657" s="3313" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="1658">
+      <c r="A1658" s="3314" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B1658" s="3315" t="s">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="1659">
+      <c r="A1659" s="3316" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B1659" s="3317" t="s">
+        <v>1774</v>
+      </c>
+    </row>
+    <row r="1660">
+      <c r="A1660" s="3318" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B1660" s="3319" t="s">
+        <v>1775</v>
+      </c>
+    </row>
+    <row r="1661">
+      <c r="A1661" s="3320" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B1661" s="3321" t="s">
+        <v>1776</v>
+      </c>
+    </row>
+    <row r="1662">
+      <c r="A1662" s="3322" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B1662" s="3323" t="s">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="1663">
+      <c r="A1663" s="3324" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B1663" s="3325" t="s">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="1664">
+      <c r="A1664" s="3326" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B1664" s="3327" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="1665">
+      <c r="A1665" s="3328" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B1665" s="3329" t="s">
+        <v>1780</v>
+      </c>
+    </row>
+    <row r="1666">
+      <c r="A1666" s="3330" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B1666" s="3331" t="s">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="1667">
+      <c r="A1667" s="3332" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B1667" s="3333" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="1668">
+      <c r="A1668" s="3334" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B1668" s="3335" t="s">
+        <v>1783</v>
+      </c>
+    </row>
+    <row r="1669">
+      <c r="A1669" s="3336" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B1669" s="3337" t="s">
+        <v>1784</v>
+      </c>
+    </row>
+    <row r="1670">
+      <c r="A1670" s="3338" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B1670" s="3339" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="1671">
+      <c r="A1671" s="3340" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B1671" s="3341" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="1672">
+      <c r="A1672" s="3342" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B1672" s="3343" t="s">
+        <v>1788</v>
+      </c>
+    </row>
+    <row r="1673">
+      <c r="A1673" s="3344" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B1673" s="3345" t="s">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="1674">
+      <c r="A1674" s="3346" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B1674" s="3347" t="s">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="1675">
+      <c r="A1675" s="3348" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B1675" s="3349" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="1676">
+      <c r="A1676" s="3350" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B1676" s="3351" t="s">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="1677">
+      <c r="A1677" s="3352" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B1677" s="3353" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="1678">
+      <c r="A1678" s="3354" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B1678" s="3355" t="s">
+        <v>1794</v>
+      </c>
+    </row>
+    <row r="1679">
+      <c r="A1679" s="3356" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B1679" s="3357" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="1680">
+      <c r="A1680" s="3358" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B1680" s="3359" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="1681">
+      <c r="A1681" s="3360" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B1681" s="3361" t="s">
+        <v>1798</v>
+      </c>
+    </row>
+    <row r="1682">
+      <c r="A1682" s="3362" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B1682" s="3363" t="s">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="1683">
+      <c r="A1683" s="3364" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B1683" s="3365" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="1684">
+      <c r="A1684" s="3366" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B1684" s="3367" t="s">
+        <v>1801</v>
+      </c>
+    </row>
+    <row r="1685">
+      <c r="A1685" s="3368" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B1685" s="3369" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="1686">
+      <c r="A1686" s="3370" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B1686" s="3371" t="s">
+        <v>1803</v>
+      </c>
+    </row>
+    <row r="1687">
+      <c r="A1687" s="3372" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B1687" s="3373" t="s">
+        <v>1804</v>
+      </c>
+    </row>
+    <row r="1688">
+      <c r="A1688" s="3374" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B1688" s="3375" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="1689">
+      <c r="A1689" s="3376" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B1689" s="3377" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="1690">
+      <c r="A1690" s="3378" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B1690" s="3379" t="s">
+        <v>1807</v>
+      </c>
+    </row>
+    <row r="1691">
+      <c r="A1691" s="3380" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B1691" s="3381" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="1692">
+      <c r="A1692" s="3382" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B1692" s="3383" t="s">
+        <v>1809</v>
+      </c>
+    </row>
+    <row r="1693">
+      <c r="A1693" s="3384" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B1693" s="3385" t="s">
+        <v>1811</v>
+      </c>
+    </row>
+    <row r="1694">
+      <c r="A1694" s="3386" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B1694" s="3387" t="s">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="1695">
+      <c r="A1695" s="3388" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B1695" s="3389" t="s">
+        <v>1813</v>
+      </c>
+    </row>
+    <row r="1696">
+      <c r="A1696" s="3390" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B1696" s="3391" t="s">
+        <v>1814</v>
+      </c>
+    </row>
+    <row r="1697">
+      <c r="A1697" s="3392" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B1697" s="3393" t="s">
+        <v>1816</v>
+      </c>
+    </row>
+    <row r="1698">
+      <c r="A1698" s="3394" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B1698" s="3395" t="s">
+        <v>1817</v>
+      </c>
+    </row>
+    <row r="1699">
+      <c r="A1699" s="3396" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B1699" s="3397" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="1700">
+      <c r="A1700" s="3398" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B1700" s="3399" t="s">
+        <v>1819</v>
+      </c>
+    </row>
+    <row r="1701">
+      <c r="A1701" s="3400" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B1701" s="3401" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="1702">
+      <c r="A1702" s="3402" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B1702" s="3403" t="s">
         <v>107</v>
       </c>
-      <c r="B101" s="200" t="s">
+    </row>
+    <row r="1703">
+      <c r="A1703" s="3404" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B1703" s="3405" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="102">
-[...3 lines deleted...]
-      <c r="B102" s="202" t="s">
+    <row r="1704">
+      <c r="A1704" s="3406" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B1704" s="3407" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="103">
-[...3 lines deleted...]
-      <c r="B103" s="204" t="s">
+    <row r="1705">
+      <c r="A1705" s="3408" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B1705" s="3409" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="104">
-[...3 lines deleted...]
-      <c r="B104" s="206" t="s">
+    <row r="1706">
+      <c r="A1706" s="3410" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B1706" s="3411" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="105">
-[...12755 lines deleted...]
-      <c r="B1699" s="3396" t="s">
+    <row r="1707">
+      <c r="A1707" s="3412" t="s">
         <v>1815</v>
       </c>
-    </row>
-[...44 lines deleted...]
-      <c r="B1705" s="3408" t="s">
+      <c r="B1707" s="3413" t="s">
         <v>1821</v>
       </c>
     </row>
-    <row r="1706">
-[...3 lines deleted...]
-      <c r="B1706" s="3410" t="s">
+    <row r="1708">
+      <c r="A1708" s="3414" t="s">
         <v>1822</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B1707" s="3412" t="s">
+      <c r="B1708" s="3415" t="s">
         <v>1823</v>
       </c>
     </row>
-    <row r="1708">
-[...3 lines deleted...]
-      <c r="B1708" s="3414" t="s">
+    <row r="1709">
+      <c r="A1709" s="3416" t="s">
         <v>1824</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B1709" s="3416" t="s">
+      <c r="B1709" s="3417" t="s">
         <v>1825</v>
       </c>
     </row>
     <row r="1710">
-      <c r="A1710" s="3417" t="s">
-[...2 lines deleted...]
-      <c r="B1710" s="3418" t="s">
+      <c r="A1710" s="3418" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B1710" s="3419" t="s">
         <v>1826</v>
       </c>
     </row>
     <row r="1711">
-      <c r="A1711" s="3419" t="s">
+      <c r="A1711" s="3420" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B1711" s="3421" t="s">
         <v>1827</v>
       </c>
-      <c r="B1711" s="3420" t="s">
+    </row>
+    <row r="1712">
+      <c r="A1712" s="3422" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B1712" s="3423" t="s">
         <v>1828</v>
       </c>
     </row>
-    <row r="1712">
-[...3 lines deleted...]
-      <c r="B1712" s="3422" t="s">
+    <row r="1713">
+      <c r="A1713" s="3424" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B1713" s="3425" t="s">
         <v>1829</v>
       </c>
     </row>
-    <row r="1713">
-      <c r="A1713" s="3423" t="s">
+    <row r="1714">
+      <c r="A1714" s="3426" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B1714" s="3427" t="s">
         <v>1830</v>
       </c>
-      <c r="B1713" s="3424" t="s">
+    </row>
+    <row r="1715">
+      <c r="A1715" s="3428" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B1715" s="3429" t="s">
         <v>1831</v>
       </c>
     </row>
-    <row r="1714">
-      <c r="A1714" s="3425" t="s">
+    <row r="1716">
+      <c r="A1716" s="3430" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B1716" s="3431" t="s">
         <v>1832</v>
       </c>
-      <c r="B1714" s="3426" t="s">
+    </row>
+    <row r="1717">
+      <c r="A1717" s="3432" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B1717" s="3433" t="s">
         <v>1833</v>
       </c>
     </row>
-    <row r="1715">
-[...3 lines deleted...]
-      <c r="B1715" s="3428" t="s">
+    <row r="1718">
+      <c r="A1718" s="3434" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B1718" s="3435" t="s">
         <v>1834</v>
       </c>
     </row>
-    <row r="1716">
-[...3 lines deleted...]
-      <c r="B1716" s="3430" t="s">
+    <row r="1719">
+      <c r="A1719" s="3436" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B1719" s="3437" t="s">
         <v>1835</v>
       </c>
     </row>
-    <row r="1717">
-[...3 lines deleted...]
-      <c r="B1717" s="3432" t="s">
+    <row r="1720">
+      <c r="A1720" s="3438" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B1720" s="3439" t="s">
         <v>1836</v>
       </c>
     </row>
-    <row r="1718">
-[...3 lines deleted...]
-      <c r="B1718" s="3434" t="s">
+    <row r="1721">
+      <c r="A1721" s="3440" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B1721" s="3441" t="s">
         <v>1837</v>
       </c>
     </row>
-    <row r="1719">
-      <c r="A1719" s="3435" t="s">
+    <row r="1722">
+      <c r="A1722" s="3442" t="s">
         <v>1838</v>
       </c>
-      <c r="B1719" s="3436" t="s">
+      <c r="B1722" s="3443" t="s">
         <v>1839</v>
       </c>
     </row>
-    <row r="1720">
-      <c r="A1720" s="3437" t="s">
+    <row r="1723">
+      <c r="A1723" s="3444" t="s">
         <v>1838</v>
       </c>
-      <c r="B1720" s="3438" t="s">
+      <c r="B1723" s="3445" t="s">
         <v>1840</v>
       </c>
     </row>
-    <row r="1721">
-      <c r="A1721" s="3439" t="s">
+    <row r="1724">
+      <c r="A1724" s="3446" t="s">
         <v>1838</v>
       </c>
-      <c r="B1721" s="3440" t="s">
+      <c r="B1724" s="3447" t="s">
         <v>1841</v>
       </c>
     </row>
-    <row r="1722">
-      <c r="A1722" s="3441" t="s">
+    <row r="1725">
+      <c r="A1725" s="3448" t="s">
         <v>1838</v>
       </c>
-      <c r="B1722" s="3442" t="s">
+      <c r="B1725" s="3449" t="s">
         <v>1842</v>
       </c>
     </row>
-    <row r="1723">
-      <c r="A1723" s="3443" t="s">
+    <row r="1726">
+      <c r="A1726" s="3450" t="s">
         <v>1838</v>
       </c>
-      <c r="B1723" s="3444" t="s">
+      <c r="B1726" s="3451" t="s">
         <v>1843</v>
       </c>
     </row>
-    <row r="1724">
-      <c r="A1724" s="3445" t="s">
+    <row r="1727">
+      <c r="A1727" s="3452" t="s">
         <v>1838</v>
       </c>
-      <c r="B1724" s="3446" t="s">
+      <c r="B1727" s="3453" t="s">
         <v>1844</v>
       </c>
     </row>
-    <row r="1725">
-      <c r="A1725" s="3447" t="s">
+    <row r="1728">
+      <c r="A1728" s="3454" t="s">
         <v>1838</v>
       </c>
-      <c r="B1725" s="3448" t="s">
+      <c r="B1728" s="3455" t="s">
         <v>1845</v>
       </c>
     </row>
-    <row r="1726">
-      <c r="A1726" s="3449" t="s">
+    <row r="1729">
+      <c r="A1729" s="3456" t="s">
         <v>1838</v>
       </c>
-      <c r="B1726" s="3450" t="s">
+      <c r="B1729" s="3457" t="s">
         <v>1846</v>
       </c>
     </row>
-    <row r="1727">
-[...3 lines deleted...]
-      <c r="B1727" s="3452" t="s">
+    <row r="1730">
+      <c r="A1730" s="3458" t="s">
         <v>1847</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B1728" s="3454" t="s">
+      <c r="B1730" s="3459" t="s">
         <v>1848</v>
       </c>
     </row>
-    <row r="1729">
-[...3 lines deleted...]
-      <c r="B1729" s="3456" t="s">
+    <row r="1731">
+      <c r="A1731" s="3460" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B1731" s="3461" t="s">
         <v>1849</v>
       </c>
     </row>
-    <row r="1730">
-[...3 lines deleted...]
-      <c r="B1730" s="3458" t="s">
+    <row r="1732">
+      <c r="A1732" s="3462" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B1732" s="3463" t="s">
         <v>1850</v>
       </c>
     </row>
-    <row r="1731">
-[...3 lines deleted...]
-      <c r="B1731" s="3460" t="s">
+    <row r="1733">
+      <c r="A1733" s="3464" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B1733" s="3465" t="s">
         <v>1851</v>
       </c>
     </row>
-    <row r="1732">
-[...3 lines deleted...]
-      <c r="B1732" s="3462" t="s">
+    <row r="1734">
+      <c r="A1734" s="3466" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B1734" s="3467" t="s">
         <v>1852</v>
       </c>
     </row>
-    <row r="1733">
-[...3 lines deleted...]
-      <c r="B1733" s="3464" t="s">
+    <row r="1735">
+      <c r="A1735" s="3468" t="s">
         <v>1853</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B1734" s="3466" t="s">
+      <c r="B1735" s="3469" t="s">
         <v>1854</v>
       </c>
     </row>
-    <row r="1735">
-[...3 lines deleted...]
-      <c r="B1735" s="3468" t="s">
+    <row r="1736">
+      <c r="A1736" s="3470" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B1736" s="3471" t="s">
         <v>1855</v>
       </c>
     </row>
-    <row r="1736">
-[...3 lines deleted...]
-      <c r="B1736" s="3470" t="s">
+    <row r="1737">
+      <c r="A1737" s="3472" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B1737" s="3473" t="s">
         <v>1856</v>
       </c>
     </row>
-    <row r="1737">
-[...3 lines deleted...]
-      <c r="B1737" s="3472" t="s">
+    <row r="1738">
+      <c r="A1738" s="3474" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B1738" s="3475" t="s">
         <v>1857</v>
       </c>
     </row>
-    <row r="1738">
-[...3 lines deleted...]
-      <c r="B1738" s="3474" t="s">
+    <row r="1739">
+      <c r="A1739" s="3476" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B1739" s="3477" t="s">
         <v>1858</v>
       </c>
     </row>
-    <row r="1739">
-[...3 lines deleted...]
-      <c r="B1739" s="3476" t="s">
+    <row r="1740">
+      <c r="A1740" s="3478" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B1740" s="3479" t="s">
         <v>1859</v>
       </c>
     </row>
-    <row r="1740">
-[...3 lines deleted...]
-      <c r="B1740" s="3478" t="s">
+    <row r="1741">
+      <c r="A1741" s="3480" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B1741" s="3481" t="s">
         <v>1860</v>
       </c>
     </row>
-    <row r="1741">
-[...3 lines deleted...]
-      <c r="B1741" s="3480" t="s">
+    <row r="1742">
+      <c r="A1742" s="3482" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B1742" s="3483" t="s">
         <v>1861</v>
       </c>
     </row>
-    <row r="1742">
-[...3 lines deleted...]
-      <c r="B1742" s="3482" t="s">
+    <row r="1743">
+      <c r="A1743" s="3484" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B1743" s="3485" t="s">
         <v>1862</v>
       </c>
     </row>
-    <row r="1743">
-[...3 lines deleted...]
-      <c r="B1743" s="3484" t="s">
+    <row r="1744">
+      <c r="A1744" s="3486" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B1744" s="3487" t="s">
         <v>1863</v>
       </c>
     </row>
-    <row r="1744">
-[...3 lines deleted...]
-      <c r="B1744" s="3486" t="s">
+    <row r="1745">
+      <c r="A1745" s="3488" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B1745" s="3489" t="s">
         <v>1864</v>
       </c>
     </row>
-    <row r="1745">
-[...3 lines deleted...]
-      <c r="B1745" s="3488" t="s">
+    <row r="1746">
+      <c r="A1746" s="3490" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B1746" s="3491" t="s">
         <v>1865</v>
       </c>
     </row>
-    <row r="1746">
-[...3 lines deleted...]
-      <c r="B1746" s="3490" t="s">
+    <row r="1747">
+      <c r="A1747" s="3492" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B1747" s="3493" t="s">
         <v>1866</v>
       </c>
     </row>
-    <row r="1747">
-[...3 lines deleted...]
-      <c r="B1747" s="3492" t="s">
+    <row r="1748">
+      <c r="A1748" s="3494" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B1748" s="3495" t="s">
         <v>1867</v>
       </c>
     </row>
-    <row r="1748">
-[...3 lines deleted...]
-      <c r="B1748" s="3494" t="s">
+    <row r="1749">
+      <c r="A1749" s="3496" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B1749" s="3497" t="s">
         <v>1868</v>
       </c>
     </row>
-    <row r="1749">
-[...3 lines deleted...]
-      <c r="B1749" s="3496" t="s">
+    <row r="1750">
+      <c r="A1750" s="3498" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B1750" s="3499" t="s">
         <v>1869</v>
       </c>
     </row>
-    <row r="1750">
-[...3 lines deleted...]
-      <c r="B1750" s="3498" t="s">
+    <row r="1751">
+      <c r="A1751" s="3500" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B1751" s="3501" t="s">
         <v>1870</v>
       </c>
     </row>
-    <row r="1751">
-[...3 lines deleted...]
-      <c r="B1751" s="3500" t="s">
+    <row r="1752">
+      <c r="A1752" s="3502" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B1752" s="3503" t="s">
         <v>1871</v>
       </c>
     </row>
-    <row r="1752">
-[...3 lines deleted...]
-      <c r="B1752" s="3502" t="s">
+    <row r="1753">
+      <c r="A1753" s="3504" t="s">
         <v>1872</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A1753" s="3503" t="s">
+      <c r="B1753" s="3505" t="s">
         <v>1873</v>
       </c>
-      <c r="B1753" s="3504" t="s">
+    </row>
+    <row r="1754">
+      <c r="A1754" s="3506" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1754" s="3507" t="s">
         <v>1874</v>
       </c>
     </row>
-    <row r="1754">
-[...3 lines deleted...]
-      <c r="B1754" s="3506" t="s">
+    <row r="1755">
+      <c r="A1755" s="3508" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1755" s="3509" t="s">
         <v>1875</v>
       </c>
     </row>
-    <row r="1755">
-[...3 lines deleted...]
-      <c r="B1755" s="3508" t="s">
+    <row r="1756">
+      <c r="A1756" s="3510" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1756" s="3511" t="s">
         <v>1876</v>
       </c>
     </row>
-    <row r="1756">
-[...3 lines deleted...]
-      <c r="B1756" s="3510" t="s">
+    <row r="1757">
+      <c r="A1757" s="3512" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1757" s="3513" t="s">
         <v>1877</v>
       </c>
     </row>
-    <row r="1757">
-[...3 lines deleted...]
-      <c r="B1757" s="3512" t="s">
+    <row r="1758">
+      <c r="A1758" s="3514" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1758" s="3515" t="s">
         <v>1878</v>
       </c>
     </row>
-    <row r="1758">
-      <c r="A1758" s="3513" t="s">
+    <row r="1759">
+      <c r="A1759" s="3516" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1759" s="3517" t="s">
         <v>1879</v>
       </c>
-      <c r="B1758" s="3514" t="s">
+    </row>
+    <row r="1760">
+      <c r="A1760" s="3518" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1760" s="3519" t="s">
         <v>1880</v>
       </c>
     </row>
-    <row r="1759">
-      <c r="A1759" s="3515" t="s">
+    <row r="1761">
+      <c r="A1761" s="3520" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1761" s="3521" t="s">
         <v>1881</v>
       </c>
-      <c r="B1759" s="3516" t="s">
+    </row>
+    <row r="1762">
+      <c r="A1762" s="3522" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1762" s="3523" t="s">
         <v>1882</v>
       </c>
     </row>
-    <row r="1760">
-[...3 lines deleted...]
-      <c r="B1760" s="3518" t="s">
+    <row r="1763">
+      <c r="A1763" s="3524" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1763" s="3525" t="s">
         <v>1883</v>
       </c>
     </row>
-    <row r="1761">
-[...3 lines deleted...]
-      <c r="B1761" s="3520" t="s">
+    <row r="1764">
+      <c r="A1764" s="3526" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1764" s="3527" t="s">
         <v>1884</v>
       </c>
     </row>
-    <row r="1762">
-[...3 lines deleted...]
-      <c r="B1762" s="3522" t="s">
+    <row r="1765">
+      <c r="A1765" s="3528" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1765" s="3529" t="s">
         <v>1885</v>
       </c>
     </row>
-    <row r="1763">
-[...3 lines deleted...]
-      <c r="B1763" s="3524" t="s">
+    <row r="1766">
+      <c r="A1766" s="3530" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1766" s="3531" t="s">
         <v>1886</v>
       </c>
     </row>
-    <row r="1764">
-      <c r="A1764" s="3525" t="s">
+    <row r="1767">
+      <c r="A1767" s="3532" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1767" s="3533" t="s">
         <v>1887</v>
       </c>
-      <c r="B1764" s="3526" t="s">
+    </row>
+    <row r="1768">
+      <c r="A1768" s="3534" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1768" s="3535" t="s">
         <v>1888</v>
       </c>
     </row>
-    <row r="1765">
-[...3 lines deleted...]
-      <c r="B1765" s="3528" t="s">
+    <row r="1769">
+      <c r="A1769" s="3536" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1769" s="3537" t="s">
         <v>1889</v>
       </c>
     </row>
-    <row r="1766">
-[...3 lines deleted...]
-      <c r="B1766" s="3530" t="s">
+    <row r="1770">
+      <c r="A1770" s="3538" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1770" s="3539" t="s">
         <v>1890</v>
       </c>
     </row>
-    <row r="1767">
-[...3 lines deleted...]
-      <c r="B1767" s="3532" t="s">
+    <row r="1771">
+      <c r="A1771" s="3540" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1771" s="3541" t="s">
         <v>1891</v>
       </c>
     </row>
-    <row r="1768">
-[...3 lines deleted...]
-      <c r="B1768" s="3534" t="s">
+    <row r="1772">
+      <c r="A1772" s="3542" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1772" s="3543" t="s">
         <v>1892</v>
       </c>
     </row>
-    <row r="1769">
-[...3 lines deleted...]
-      <c r="B1769" s="3536" t="s">
+    <row r="1773">
+      <c r="A1773" s="3544" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1773" s="3545" t="s">
         <v>1893</v>
       </c>
     </row>
-    <row r="1770">
-      <c r="A1770" s="3537" t="s">
+    <row r="1774">
+      <c r="A1774" s="3546" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1774" s="3547" t="s">
         <v>1894</v>
       </c>
-      <c r="B1770" s="3538" t="s">
+    </row>
+    <row r="1775">
+      <c r="A1775" s="3548" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1775" s="3549" t="s">
         <v>1895</v>
       </c>
     </row>
-    <row r="1771">
-      <c r="A1771" s="3539" t="s">
+    <row r="1776">
+      <c r="A1776" s="3550" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1776" s="3551" t="s">
         <v>1896</v>
       </c>
-      <c r="B1771" s="3540" t="s">
+    </row>
+    <row r="1777">
+      <c r="A1777" s="3552" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1777" s="3553" t="s">
         <v>1897</v>
       </c>
     </row>
-    <row r="1772">
-[...3 lines deleted...]
-      <c r="B1772" s="3542" t="s">
+    <row r="1778">
+      <c r="A1778" s="3554" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1778" s="3555" t="s">
         <v>1898</v>
       </c>
     </row>
-    <row r="1773">
-      <c r="A1773" s="3543" t="s">
+    <row r="1779">
+      <c r="A1779" s="3556" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B1779" s="3557" t="s">
         <v>1899</v>
       </c>
-      <c r="B1773" s="3544" t="s">
+    </row>
+    <row r="1780">
+      <c r="A1780" s="3558" t="s">
         <v>1900</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B1774" s="3546" t="s">
+      <c r="B1780" s="3559" t="s">
         <v>1901</v>
       </c>
     </row>
-    <row r="1775">
-[...3 lines deleted...]
-      <c r="B1775" s="3548" t="s">
+    <row r="1781">
+      <c r="A1781" s="3560" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B1781" s="3561" t="s">
         <v>1902</v>
       </c>
     </row>
-    <row r="1776">
-[...3 lines deleted...]
-      <c r="B1776" s="3550" t="s">
+    <row r="1782">
+      <c r="A1782" s="3562" t="s">
         <v>1903</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B1777" s="3552" t="s">
+      <c r="B1782" s="3563" t="s">
         <v>1904</v>
       </c>
     </row>
-    <row r="1778">
-[...3 lines deleted...]
-      <c r="B1778" s="3554" t="s">
+    <row r="1783">
+      <c r="A1783" s="3564" t="s">
         <v>1905</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B1779" s="3556" t="s">
+      <c r="B1783" s="3565" t="s">
         <v>1906</v>
       </c>
     </row>
-    <row r="1780">
-[...3 lines deleted...]
-      <c r="B1780" s="3558" t="s">
+    <row r="1784">
+      <c r="A1784" s="3566" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B1784" s="3567" t="s">
         <v>1907</v>
       </c>
     </row>
-    <row r="1781">
-[...3 lines deleted...]
-      <c r="B1781" s="3560" t="s">
+    <row r="1785">
+      <c r="A1785" s="3568" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B1785" s="3569" t="s">
         <v>1908</v>
       </c>
     </row>
-    <row r="1782">
-[...3 lines deleted...]
-      <c r="B1782" s="3562" t="s">
+    <row r="1786">
+      <c r="A1786" s="3570" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B1786" s="3571" t="s">
         <v>1909</v>
       </c>
     </row>
-    <row r="1783">
-[...3 lines deleted...]
-      <c r="B1783" s="3564" t="s">
+    <row r="1787">
+      <c r="A1787" s="3572" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B1787" s="3573" t="s">
         <v>1910</v>
       </c>
     </row>
-    <row r="1784">
-[...3 lines deleted...]
-      <c r="B1784" s="3566" t="s">
+    <row r="1788">
+      <c r="A1788" s="3574" t="s">
         <v>1911</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B1785" s="3568" t="s">
+      <c r="B1788" s="3575" t="s">
         <v>1912</v>
       </c>
     </row>
-    <row r="1786">
-      <c r="A1786" s="3569" t="s">
+    <row r="1789">
+      <c r="A1789" s="3576" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1789" s="3577" t="s">
         <v>1913</v>
       </c>
-      <c r="B1786" s="3570" t="s">
+    </row>
+    <row r="1790">
+      <c r="A1790" s="3578" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1790" s="3579" t="s">
         <v>1914</v>
       </c>
     </row>
-    <row r="1787">
-[...3 lines deleted...]
-      <c r="B1787" s="3572" t="s">
+    <row r="1791">
+      <c r="A1791" s="3580" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1791" s="3581" t="s">
         <v>1915</v>
       </c>
     </row>
-    <row r="1788">
-[...3 lines deleted...]
-      <c r="B1788" s="3574" t="s">
+    <row r="1792">
+      <c r="A1792" s="3582" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1792" s="3583" t="s">
         <v>1916</v>
       </c>
     </row>
-    <row r="1789">
-[...3 lines deleted...]
-      <c r="B1789" s="3576" t="s">
+    <row r="1793">
+      <c r="A1793" s="3584" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1793" s="3585" t="s">
         <v>1917</v>
       </c>
     </row>
-    <row r="1790">
-[...3 lines deleted...]
-      <c r="B1790" s="3578" t="s">
+    <row r="1794">
+      <c r="A1794" s="3586" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1794" s="3587" t="s">
         <v>1918</v>
       </c>
     </row>
-    <row r="1791">
-      <c r="A1791" s="3579" t="s">
+    <row r="1795">
+      <c r="A1795" s="3588" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1795" s="3589" t="s">
         <v>1919</v>
       </c>
-      <c r="B1791" s="3580" t="s">
+    </row>
+    <row r="1796">
+      <c r="A1796" s="3590" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1796" s="3591" t="s">
         <v>1920</v>
       </c>
     </row>
-    <row r="1792">
-[...3 lines deleted...]
-      <c r="B1792" s="3582" t="s">
+    <row r="1797">
+      <c r="A1797" s="3592" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1797" s="3593" t="s">
         <v>1921</v>
       </c>
     </row>
-    <row r="1793">
-[...3 lines deleted...]
-      <c r="B1793" s="3584" t="s">
+    <row r="1798">
+      <c r="A1798" s="3594" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1798" s="3595" t="s">
         <v>1922</v>
       </c>
     </row>
-    <row r="1794">
-[...3 lines deleted...]
-      <c r="B1794" s="3586" t="s">
+    <row r="1799">
+      <c r="A1799" s="3596" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1799" s="3597" t="s">
         <v>1923</v>
       </c>
     </row>
-    <row r="1795">
-[...3 lines deleted...]
-      <c r="B1795" s="3588" t="s">
+    <row r="1800">
+      <c r="A1800" s="3598" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1800" s="3599" t="s">
         <v>1924</v>
       </c>
     </row>
-    <row r="1796">
-      <c r="A1796" s="3589" t="s">
+    <row r="1801">
+      <c r="A1801" s="3600" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1801" s="3601" t="s">
         <v>1925</v>
       </c>
-      <c r="B1796" s="3590" t="s">
+    </row>
+    <row r="1802">
+      <c r="A1802" s="3602" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1802" s="3603" t="s">
         <v>1926</v>
       </c>
     </row>
-    <row r="1797">
-[...3 lines deleted...]
-      <c r="B1797" s="3592" t="s">
+    <row r="1803">
+      <c r="A1803" s="3604" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1803" s="3605" t="s">
         <v>1927</v>
       </c>
     </row>
-    <row r="1798">
-[...3 lines deleted...]
-      <c r="B1798" s="3594" t="s">
+    <row r="1804">
+      <c r="A1804" s="3606" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1804" s="3607" t="s">
         <v>1928</v>
       </c>
     </row>
-    <row r="1799">
-[...3 lines deleted...]
-      <c r="B1799" s="3596" t="s">
+    <row r="1805">
+      <c r="A1805" s="3608" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1805" s="3609" t="s">
         <v>1929</v>
       </c>
     </row>
-    <row r="1800">
-[...3 lines deleted...]
-      <c r="B1800" s="3598" t="s">
+    <row r="1806">
+      <c r="A1806" s="3610" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1806" s="3611" t="s">
         <v>1930</v>
       </c>
     </row>
-    <row r="1801">
-[...3 lines deleted...]
-      <c r="B1801" s="3600" t="s">
+    <row r="1807">
+      <c r="A1807" s="3612" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1807" s="3613" t="s">
         <v>1931</v>
       </c>
     </row>
-    <row r="1802">
-[...3 lines deleted...]
-      <c r="B1802" s="3602" t="s">
+    <row r="1808">
+      <c r="A1808" s="3614" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1808" s="3615" t="s">
         <v>1932</v>
       </c>
     </row>
-    <row r="1803">
-[...3 lines deleted...]
-      <c r="B1803" s="3604" t="s">
+    <row r="1809">
+      <c r="A1809" s="3616" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1809" s="3617" t="s">
         <v>1933</v>
       </c>
     </row>
-    <row r="1804">
-[...3 lines deleted...]
-      <c r="B1804" s="3606" t="s">
+    <row r="1810">
+      <c r="A1810" s="3618" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1810" s="3619" t="s">
         <v>1934</v>
       </c>
     </row>
-    <row r="1805">
-[...3 lines deleted...]
-      <c r="B1805" s="3608" t="s">
+    <row r="1811">
+      <c r="A1811" s="3620" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1811" s="3621" t="s">
         <v>1935</v>
       </c>
     </row>
-    <row r="1806">
-[...3 lines deleted...]
-      <c r="B1806" s="3610" t="s">
+    <row r="1812">
+      <c r="A1812" s="3622" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1812" s="3623" t="s">
         <v>1936</v>
       </c>
     </row>
-    <row r="1807">
-[...3 lines deleted...]
-      <c r="B1807" s="3612" t="s">
+    <row r="1813">
+      <c r="A1813" s="3624" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1813" s="3625" t="s">
         <v>1937</v>
       </c>
     </row>
-    <row r="1808">
-      <c r="A1808" s="3613" t="s">
+    <row r="1814">
+      <c r="A1814" s="3626" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1814" s="3627" t="s">
         <v>1938</v>
       </c>
-      <c r="B1808" s="3614" t="s">
+    </row>
+    <row r="1815">
+      <c r="A1815" s="3628" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1815" s="3629" t="s">
         <v>1939</v>
       </c>
     </row>
-    <row r="1809">
-[...3 lines deleted...]
-      <c r="B1809" s="3616" t="s">
+    <row r="1816">
+      <c r="A1816" s="3630" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1816" s="3631" t="s">
         <v>1940</v>
       </c>
     </row>
-    <row r="1810">
-[...3 lines deleted...]
-      <c r="B1810" s="3618" t="s">
+    <row r="1817">
+      <c r="A1817" s="3632" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1817" s="3633" t="s">
         <v>1941</v>
       </c>
     </row>
-    <row r="1811">
-[...3 lines deleted...]
-      <c r="B1811" s="3620" t="s">
+    <row r="1818">
+      <c r="A1818" s="3634" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1818" s="3635" t="s">
         <v>1942</v>
       </c>
     </row>
-    <row r="1812">
-[...3 lines deleted...]
-      <c r="B1812" s="3622" t="s">
+    <row r="1819">
+      <c r="A1819" s="3636" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1819" s="3637" t="s">
         <v>1943</v>
+      </c>
+    </row>
+    <row r="1820">
+      <c r="A1820" s="3638" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1820" s="3639" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="1821">
+      <c r="A1821" s="3640" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B1821" s="3641" t="s">
+        <v>1945</v>
+      </c>
+    </row>
+    <row r="1822">
+      <c r="A1822" s="3642" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B1822" s="3643" t="s">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="1823">
+      <c r="A1823" s="3644" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B1823" s="3645" t="s">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="1824">
+      <c r="A1824" s="3646" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B1824" s="3647" t="s">
+        <v>1949</v>
+      </c>
+    </row>
+    <row r="1825">
+      <c r="A1825" s="3648" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B1825" s="3649" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="1826">
+      <c r="A1826" s="3650" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B1826" s="3651" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="1827">
+      <c r="A1827" s="3652" t="s">
+        <v>1952</v>
+      </c>
+      <c r="B1827" s="3653" t="s">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="1828">
+      <c r="A1828" s="3654" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B1828" s="3655" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="1829">
+      <c r="A1829" s="3656" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B1829" s="3657" t="s">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="1830">
+      <c r="A1830" s="3658" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B1830" s="3659" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="1831">
+      <c r="A1831" s="3660" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B1831" s="3661" t="s">
+        <v>1958</v>
+      </c>
+    </row>
+    <row r="1832">
+      <c r="A1832" s="3662" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B1832" s="3663" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="1833">
+      <c r="A1833" s="3664" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B1833" s="3665" t="s">
+        <v>1960</v>
+      </c>
+    </row>
+    <row r="1834">
+      <c r="A1834" s="3666" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B1834" s="3667" t="s">
+        <v>1961</v>
+      </c>
+    </row>
+    <row r="1835">
+      <c r="A1835" s="3668" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B1835" s="3669" t="s">
+        <v>1962</v>
+      </c>
+    </row>
+    <row r="1836">
+      <c r="A1836" s="3670" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B1836" s="3671" t="s">
+        <v>1963</v>
+      </c>
+    </row>
+    <row r="1837">
+      <c r="A1837" s="3672" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B1837" s="3673" t="s">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="1838">
+      <c r="A1838" s="3674" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B1838" s="3675" t="s">
+        <v>1965</v>
+      </c>
+    </row>
+    <row r="1839">
+      <c r="A1839" s="3676" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B1839" s="3677" t="s">
+        <v>1966</v>
+      </c>
+    </row>
+    <row r="1840">
+      <c r="A1840" s="3678" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B1840" s="3679" t="s">
+        <v>1968</v>
+      </c>
+    </row>
+    <row r="1841">
+      <c r="A1841" s="3680" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B1841" s="3681" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="1842">
+      <c r="A1842" s="3682" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B1842" s="3683" t="s">
+        <v>1970</v>
+      </c>
+    </row>
+    <row r="1843">
+      <c r="A1843" s="3684" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B1843" s="3685" t="s">
+        <v>1971</v>
+      </c>
+    </row>
+    <row r="1844">
+      <c r="A1844" s="3686" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B1844" s="3687" t="s">
+        <v>1972</v>
+      </c>
+    </row>
+    <row r="1845">
+      <c r="A1845" s="3688" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B1845" s="3689" t="s">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="1846">
+      <c r="A1846" s="3690" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B1846" s="3691" t="s">
+        <v>1975</v>
+      </c>
+    </row>
+    <row r="1847">
+      <c r="A1847" s="3692" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B1847" s="3693" t="s">
+        <v>1976</v>
+      </c>
+    </row>
+    <row r="1848">
+      <c r="A1848" s="3694" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B1848" s="3695" t="s">
+        <v>1977</v>
+      </c>
+    </row>
+    <row r="1849">
+      <c r="A1849" s="3696" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B1849" s="3697" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="1850">
+      <c r="A1850" s="3698" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B1850" s="3699" t="s">
+        <v>1979</v>
+      </c>
+    </row>
+    <row r="1851">
+      <c r="A1851" s="3700" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B1851" s="3701" t="s">
+        <v>1981</v>
+      </c>
+    </row>
+    <row r="1852">
+      <c r="A1852" s="3702" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B1852" s="3703" t="s">
+        <v>1983</v>
+      </c>
+    </row>
+    <row r="1853">
+      <c r="A1853" s="3704" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B1853" s="3705" t="s">
+        <v>1984</v>
+      </c>
+    </row>
+    <row r="1854">
+      <c r="A1854" s="3706" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B1854" s="3707" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="1855">
+      <c r="A1855" s="3708" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B1855" s="3709" t="s">
+        <v>1986</v>
+      </c>
+    </row>
+    <row r="1856">
+      <c r="A1856" s="3710" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B1856" s="3711" t="s">
+        <v>1987</v>
+      </c>
+    </row>
+    <row r="1857">
+      <c r="A1857" s="3712" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B1857" s="3713" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="1858">
+      <c r="A1858" s="3714" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B1858" s="3715" t="s">
+        <v>1989</v>
+      </c>
+    </row>
+    <row r="1859">
+      <c r="A1859" s="3716" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B1859" s="3717" t="s">
+        <v>1990</v>
+      </c>
+    </row>
+    <row r="1860">
+      <c r="A1860" s="3718" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B1860" s="3719" t="s">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="1861">
+      <c r="A1861" s="3720" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B1861" s="3721" t="s">
+        <v>1993</v>
+      </c>
+    </row>
+    <row r="1862">
+      <c r="A1862" s="3722" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B1862" s="3723" t="s">
+        <v>1994</v>
+      </c>
+    </row>
+    <row r="1863">
+      <c r="A1863" s="3724" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B1863" s="3725" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="1864">
+      <c r="A1864" s="3726" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B1864" s="3727" t="s">
+        <v>1997</v>
+      </c>
+    </row>
+    <row r="1865">
+      <c r="A1865" s="3728" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B1865" s="3729" t="s">
+        <v>1998</v>
+      </c>
+    </row>
+    <row r="1866">
+      <c r="A1866" s="3730" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B1866" s="3731" t="s">
+        <v>1999</v>
+      </c>
+    </row>
+    <row r="1867">
+      <c r="A1867" s="3732" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B1867" s="3733" t="s">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="1868">
+      <c r="A1868" s="3734" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B1868" s="3735" t="s">
+        <v>2001</v>
+      </c>
+    </row>
+    <row r="1869">
+      <c r="A1869" s="3736" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B1869" s="3737" t="s">
+        <v>2002</v>
+      </c>
+    </row>
+    <row r="1870">
+      <c r="A1870" s="3738" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B1870" s="3739" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="1871">
+      <c r="A1871" s="3740" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B1871" s="3741" t="s">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="1872">
+      <c r="A1872" s="3742" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B1872" s="3743" t="s">
+        <v>2005</v>
+      </c>
+    </row>
+    <row r="1873">
+      <c r="A1873" s="3744" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B1873" s="3745" t="s">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="1874">
+      <c r="A1874" s="3746" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B1874" s="3747" t="s">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="1875">
+      <c r="A1875" s="3748" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B1875" s="3749" t="s">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="1876">
+      <c r="A1876" s="3750" t="s">
+        <v>2009</v>
+      </c>
+      <c r="B1876" s="3751" t="s">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="1877">
+      <c r="A1877" s="3752" t="s">
+        <v>2009</v>
+      </c>
+      <c r="B1877" s="3753" t="s">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="1878">
+      <c r="A1878" s="3754" t="s">
+        <v>2009</v>
+      </c>
+      <c r="B1878" s="3755" t="s">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="1879">
+      <c r="A1879" s="3756" t="s">
+        <v>2009</v>
+      </c>
+      <c r="B1879" s="3757" t="s">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="1880">
+      <c r="A1880" s="3758" t="s">
+        <v>2009</v>
+      </c>
+      <c r="B1880" s="3759" t="s">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="1881">
+      <c r="A1881" s="3760" t="s">
+        <v>2009</v>
+      </c>
+      <c r="B1881" s="3761" t="s">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="1882">
+      <c r="A1882" s="3762" t="s">
+        <v>2009</v>
+      </c>
+      <c r="B1882" s="3763" t="s">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="1883">
+      <c r="A1883" s="3764" t="s">
+        <v>2009</v>
+      </c>
+      <c r="B1883" s="3765" t="s">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="1884">
+      <c r="A1884" s="3766" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B1884" s="3767" t="s">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="1885">
+      <c r="A1885" s="3768" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B1885" s="3769" t="s">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="1886">
+      <c r="A1886" s="3770" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B1886" s="3771" t="s">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="1887">
+      <c r="A1887" s="3772" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B1887" s="3773" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="1888">
+      <c r="A1888" s="3774" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B1888" s="3775" t="s">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="1889">
+      <c r="A1889" s="3776" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B1889" s="3777" t="s">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1890">
+      <c r="A1890" s="3778" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B1890" s="3779" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1891">
+      <c r="A1891" s="3780" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B1891" s="3781" t="s">
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="1892">
+      <c r="A1892" s="3782" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B1892" s="3783" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="1893">
+      <c r="A1893" s="3784" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B1893" s="3785" t="s">
+        <v>2029</v>
+      </c>
+    </row>
+    <row r="1894">
+      <c r="A1894" s="3786" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B1894" s="3787" t="s">
+        <v>2030</v>
+      </c>
+    </row>
+    <row r="1895">
+      <c r="A1895" s="3788" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B1895" s="3789" t="s">
+        <v>2031</v>
+      </c>
+    </row>
+    <row r="1896">
+      <c r="A1896" s="3790" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B1896" s="3791" t="s">
+        <v>2032</v>
+      </c>
+    </row>
+    <row r="1897">
+      <c r="A1897" s="3792" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B1897" s="3793" t="s">
+        <v>2033</v>
+      </c>
+    </row>
+    <row r="1898">
+      <c r="A1898" s="3794" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B1898" s="3795" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="1899">
+      <c r="A1899" s="3796" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B1899" s="3797" t="s">
+        <v>2035</v>
+      </c>
+    </row>
+    <row r="1900">
+      <c r="A1900" s="3798" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B1900" s="3799" t="s">
+        <v>2036</v>
+      </c>
+    </row>
+    <row r="1901">
+      <c r="A1901" s="3800" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B1901" s="3801" t="s">
+        <v>2038</v>
+      </c>
+    </row>
+    <row r="1902">
+      <c r="A1902" s="3802" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B1902" s="3803" t="s">
+        <v>2039</v>
+      </c>
+    </row>
+    <row r="1903">
+      <c r="A1903" s="3804" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B1903" s="3805" t="s">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="1904">
+      <c r="A1904" s="3806" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B1904" s="3807" t="s">
+        <v>2041</v>
+      </c>
+    </row>
+    <row r="1905">
+      <c r="A1905" s="3808" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B1905" s="3809" t="s">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="1906">
+      <c r="A1906" s="3810" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B1906" s="3811" t="s">
+        <v>2043</v>
+      </c>
+    </row>
+    <row r="1907">
+      <c r="A1907" s="3812" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B1907" s="3813" t="s">
+        <v>2044</v>
+      </c>
+    </row>
+    <row r="1908">
+      <c r="A1908" s="3814" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B1908" s="3815" t="s">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="1909">
+      <c r="A1909" s="3816" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B1909" s="3817" t="s">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="1910">
+      <c r="A1910" s="3818" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B1910" s="3819" t="s">
+        <v>2047</v>
+      </c>
+    </row>
+    <row r="1911">
+      <c r="A1911" s="3820" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B1911" s="3821" t="s">
+        <v>2048</v>
+      </c>
+    </row>
+    <row r="1912">
+      <c r="A1912" s="3822" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B1912" s="3823" t="s">
+        <v>2049</v>
+      </c>
+    </row>
+    <row r="1913">
+      <c r="A1913" s="3824" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B1913" s="3825" t="s">
+        <v>2051</v>
+      </c>
+    </row>
+    <row r="1914">
+      <c r="A1914" s="3826" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B1914" s="3827" t="s">
+        <v>2052</v>
+      </c>
+    </row>
+    <row r="1915">
+      <c r="A1915" s="3828" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B1915" s="3829" t="s">
+        <v>2053</v>
+      </c>
+    </row>
+    <row r="1916">
+      <c r="A1916" s="3830" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B1916" s="3831" t="s">
+        <v>2054</v>
+      </c>
+    </row>
+    <row r="1917">
+      <c r="A1917" s="3832" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B1917" s="3833" t="s">
+        <v>2055</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="A2:B2"/>
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A88419A1A9B7A94DB572CBDE2E099C2E" ma:contentTypeVersion="14" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="91970322e6c4b0200012ec20f4600efb">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1cd37d6c-dfc9-45fa-875c-a8adb54d60f2" xmlns:ns3="e6730646-b8ac-4adb-91b6-41839d9e4b2c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="192811304701440f82a6bb1e553d3360" ns2:_="" ns3:_="">
     <xsd:import namespace="1cd37d6c-dfc9-45fa-875c-a8adb54d60f2"/>
     <xsd:import namespace="e6730646-b8ac-4adb-91b6-41839d9e4b2c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -25157,103 +26536,112 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06F2F837-3B3F-4645-A387-33D644403DDE}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A033D32E-1D75-4336-A733-BDBAA5249459}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1cd37d6c-dfc9-45fa-875c-a8adb54d60f2"/>
     <ds:schemaRef ds:uri="e6730646-b8ac-4adb-91b6-41839d9e4b2c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06F2F837-3B3F-4645-A387-33D644403DDE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C7F4094-E3FD-4C99-B0C8-87179C2855E2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e6730646-b8ac-4adb-91b6-41839d9e4b2c"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="1cd37d6c-dfc9-45fa-875c-a8adb54d60f2"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Goedgekeurde omvormers Type A</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 