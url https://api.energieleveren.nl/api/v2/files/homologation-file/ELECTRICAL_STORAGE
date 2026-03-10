--- v1 (2026-01-18)
+++ v2 (2026-03-10)
@@ -24,68 +24,68 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="11102"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
   <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{29DFB714-4301-FC47-AD1A-E758874CE1F7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="760" windowWidth="34560" windowHeight="21580" xr2:uid="{6C9FFA24-AA82-48C0-8BEA-D88CCA459E55}"/>
   </bookViews>
   <sheets>
     <sheet name="Goedgekeurde omvormers Type A" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Goedgekeurde omvormers Type A'!$A$5:$B$5</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3830" uniqueCount="2056">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4030" uniqueCount="2166">
   <si>
     <t>Merk</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Lijst van omvormers RfG type A waarvan voor Nederland is aangetoond dat wordt voldaan aan de vereisten uit de RfG</t>
   </si>
   <si>
     <t>Versie 19 juli 2021</t>
   </si>
   <si>
     <t>Deze lijst is niet per definitie uitputtend en wordt regelmatig geactualiseerd. Komt uw omvormer niet op de gepubliceerde conformiteitslijst voor of twijfelt u of de omvormer voldoet aan Europese wetgeving (netcode RfG), neem dan contact op met de leverancier van de omvormer. Indien de leverancier eveneens bevestigt dat de omvormer niet voorkomt op de conformiteitslijst, kan laatstgenoemde contact opnemen met Netbeheer Nederland; de leverancier stuurt een e-mail naar rfg@netbeheernederland.nl.</t>
   </si>
   <si>
-    <t>Versie 17 december 2025</t>
+    <t>Versie 06 maart 2026</t>
   </si>
   <si>
     <t>AEG</t>
   </si>
   <si>
     <t>AS-BSL1-12000</t>
   </si>
   <si>
     <t>AS-BSL1-4000</t>
   </si>
   <si>
     <t>AS-BSL1-8000</t>
   </si>
   <si>
     <t>AS-ICH02-10000-2/HV</t>
   </si>
   <si>
     <t>AS-ICH02-5000-2/HV</t>
   </si>
   <si>
     <t>AS-ICH02-6500-2/HV</t>
   </si>
   <si>
     <t>AS-ICH02-8000-2/HV</t>
   </si>
@@ -920,50 +920,89 @@
   <si>
     <t>DLX 800AC</t>
   </si>
   <si>
     <t>DLX 800HV</t>
   </si>
   <si>
     <t>DEYE</t>
   </si>
   <si>
     <t>SUN-3.6K-SG04PL1-BE</t>
   </si>
   <si>
     <t>SUN-3K-SG04LP1-24-BE</t>
   </si>
   <si>
     <t>SUN-3K-SG04LP1-BE</t>
   </si>
   <si>
     <t>SUN-5K-SG04LP1-BE</t>
   </si>
   <si>
     <t>SUN-6K-SG04LP1-BE</t>
   </si>
   <si>
+    <t>DYNESS</t>
+  </si>
+  <si>
+    <t>D1.2-LAS</t>
+  </si>
+  <si>
+    <t>D1.2-LHC</t>
+  </si>
+  <si>
+    <t>D10K-HT-A</t>
+  </si>
+  <si>
+    <t>D12K-HT-A</t>
+  </si>
+  <si>
+    <t>D15K-HT-A</t>
+  </si>
+  <si>
+    <t>D2.0-LAS</t>
+  </si>
+  <si>
+    <t>D2.0-LHC</t>
+  </si>
+  <si>
+    <t>D5K-HT-A</t>
+  </si>
+  <si>
+    <t>D6K-HT-A</t>
+  </si>
+  <si>
+    <t>D800-LAS</t>
+  </si>
+  <si>
+    <t>D800-LHC</t>
+  </si>
+  <si>
+    <t>D8K-HT-A</t>
+  </si>
+  <si>
     <t>Danfoss</t>
   </si>
   <si>
     <t>2XNXA_0261_6</t>
   </si>
   <si>
     <t>2XNXA_0325_6</t>
   </si>
   <si>
     <t>2XNXA_0460_5</t>
   </si>
   <si>
     <t>2XNXI_0385_6</t>
   </si>
   <si>
     <t>2XNXI_0520_5</t>
   </si>
   <si>
     <t>NXA04605A0T02SGA1A2000000</t>
   </si>
   <si>
     <t>NXA_0125_6</t>
   </si>
   <si>
     <t>NXA_0144_6</t>
@@ -1034,50 +1073,53 @@
   <si>
     <t>NXI_0650_5</t>
   </si>
   <si>
     <t>NXI_0650_6</t>
   </si>
   <si>
     <t>NXI_0730_5</t>
   </si>
   <si>
     <t>NXI_0750_6</t>
   </si>
   <si>
     <t>NXI_0820_5</t>
   </si>
   <si>
     <t>NXI_0920_5</t>
   </si>
   <si>
     <t>NXI_1030_5</t>
   </si>
   <si>
     <t>NXI_1450_5</t>
   </si>
   <si>
+    <t>iC7-Hybrid String PCS, 300 kVA 1500 V</t>
+  </si>
+  <si>
     <t>Delta Electronics</t>
   </si>
   <si>
     <t>PCS100 DES10JB100K01</t>
   </si>
   <si>
     <t>PCS100HV</t>
   </si>
   <si>
     <t>Deye</t>
   </si>
   <si>
     <t>SUN-10K-SG01HP3-EU-AM2</t>
   </si>
   <si>
     <t>SUN-10K-SG04LP3-BE</t>
   </si>
   <si>
     <t>SUN-10K-SG04LP3-EU</t>
   </si>
   <si>
     <t>SUN-10K-SG04LP3-EU(Connected in Delta 3X230 V)</t>
   </si>
   <si>
     <t>SUN-12K-SG01HP3-EU-AM2</t>
@@ -1190,50 +1232,71 @@
   <si>
     <t>PD-DH3P-20K-G1</t>
   </si>
   <si>
     <t>PD-DH3P-25K-G1</t>
   </si>
   <si>
     <t>PD-DH3P-30K-G1</t>
   </si>
   <si>
     <t>PD-DH3P-40K-G1</t>
   </si>
   <si>
     <t>PD-DH3P-50K-G1</t>
   </si>
   <si>
     <t>PD-DH3P-5K-G1</t>
   </si>
   <si>
     <t>PD-DH3P-6k-G1</t>
   </si>
   <si>
     <t>PD-DH3P-8K-G1</t>
   </si>
   <si>
+    <t>Dysun Energy</t>
+  </si>
+  <si>
+    <t>FlexAmp One 10K</t>
+  </si>
+  <si>
+    <t>FlexAmp One 12K</t>
+  </si>
+  <si>
+    <t>FlexAmp One 3.68K</t>
+  </si>
+  <si>
+    <t>FlexAmp One 5K</t>
+  </si>
+  <si>
+    <t>FlexAmp One 6K</t>
+  </si>
+  <si>
+    <t>FlexAmp One 8K</t>
+  </si>
+  <si>
     <t>E3/DC</t>
   </si>
   <si>
     <t>S10 E PRO</t>
   </si>
   <si>
     <t>S10 E PRO Compact</t>
   </si>
   <si>
     <t>S20 X PRO</t>
   </si>
   <si>
     <t>EF ECOFLOW</t>
   </si>
   <si>
     <t>EF HD-P3-10K-S1</t>
   </si>
   <si>
     <t>EF HD-P3-6K0-S1</t>
   </si>
   <si>
     <t>EF HD-P3-8K0-S1</t>
   </si>
   <si>
     <t>ENJOY</t>
@@ -1310,116 +1373,206 @@
   <si>
     <t>EF HD-P1-3K-S1</t>
   </si>
   <si>
     <t>EF HD-P1-4.6K-S1</t>
   </si>
   <si>
     <t>EF HD-P1-5K-S1</t>
   </si>
   <si>
     <t>EF HD-P1-6K-S1</t>
   </si>
   <si>
     <t>EF HD-P3- 15K0-S1</t>
   </si>
   <si>
     <t>EF HD-P3- 20K0-S1</t>
   </si>
   <si>
     <t>EF HD-P3- 25K0-S1</t>
   </si>
   <si>
     <t>EF HD-P3- 29K9-S1</t>
   </si>
   <si>
+    <t>Ecoflow</t>
+  </si>
+  <si>
+    <t>EF-EA-AC-P2K-600</t>
+  </si>
+  <si>
+    <t>EF-EA-AC-P2K-800</t>
+  </si>
+  <si>
+    <t>EF-EA-HD-P2K-600</t>
+  </si>
+  <si>
+    <t>EF-EA-HD-P2K-800</t>
+  </si>
+  <si>
+    <t>EF-EA-HD-U2K-600</t>
+  </si>
+  <si>
+    <t>EF-EA-HD-U2K-800</t>
+  </si>
+  <si>
     <t>Elecod</t>
   </si>
   <si>
     <t>Monet-100AC</t>
   </si>
   <si>
     <t>Monet-50AC</t>
   </si>
   <si>
     <t>Monet-62.5AC</t>
   </si>
   <si>
     <t>Emaldo</t>
   </si>
   <si>
     <t>EM-INV-02</t>
   </si>
   <si>
     <t>EM-INV-03</t>
   </si>
   <si>
     <t>Enphase</t>
   </si>
   <si>
     <t>ENCHARGE-10T-1P-INT</t>
   </si>
   <si>
     <t>ENCHARGE-3T-1P-INT</t>
   </si>
   <si>
     <t>IQ7-B1200</t>
   </si>
   <si>
-    <t>IQ9N-A-INT</t>
+    <t>IQ8A-72-M-ACM-INT</t>
+  </si>
+  <si>
+    <t>IQ8A-72-M-INT</t>
+  </si>
+  <si>
+    <t>IQ8H-72-M-INT</t>
+  </si>
+  <si>
+    <t>IQ8M-72-M-INT</t>
+  </si>
+  <si>
+    <t>IQ8PLUS-72-M-INT</t>
   </si>
   <si>
     <t>IQBATTERY-5P-1P-INT</t>
   </si>
   <si>
     <t>IQBATTERY-5P-3P-INT and IQ Combiner 2 EU 3P (X-IQ-EURO-230-3P-4-2) or Q-RELAY-1P-INT or Q-RELAY-3P-INT</t>
   </si>
   <si>
     <t>IQBATTERY-5P-3P-INT and IQ System Controller 3 INT (SC100G-M230ROW)</t>
   </si>
   <si>
+    <t>IQBATTERY-5P-3P-INT-1.65-1P</t>
+  </si>
+  <si>
+    <t>IQBATTERY-5P-3P-INT-1.84-3P</t>
+  </si>
+  <si>
+    <t>IQBATTERY-5P-3P-INT-2.50-1P</t>
+  </si>
+  <si>
+    <t>IQBATTERY-5P-3P-INT-2.50-3P</t>
+  </si>
+  <si>
+    <t>IQBATTERY-5P-3P-INT-3.00-1P</t>
+  </si>
+  <si>
+    <t>IQBATTERY-5P-3P-INT-3.00-3P</t>
+  </si>
+  <si>
+    <t>IQBATTERY-5P-3P-INT-3.68-1P</t>
+  </si>
+  <si>
+    <t>IQBATTERY-5P-3P-INT-3.68-3P</t>
+  </si>
+  <si>
+    <t>IQBATTERY-5P-3P-INT-3.84-1P</t>
+  </si>
+  <si>
+    <t>IQBATTERY-5P-3P-INT-3.84-3P</t>
+  </si>
+  <si>
     <t>Enphase Energy</t>
   </si>
   <si>
     <t>IQ Battery-5P-1P-INT, Q-Relay-1P-INT or Q-Relay-3P-INT</t>
   </si>
   <si>
     <t>Eorta</t>
   </si>
   <si>
     <t>AVALAN CORE</t>
   </si>
   <si>
     <t>FIMER (ABB)</t>
   </si>
   <si>
     <t>REACT2-UNO-3.6-TL</t>
   </si>
   <si>
     <t>REACT2-UNO-5.0-TL</t>
   </si>
   <si>
+    <t>FLOWNERGY</t>
+  </si>
+  <si>
+    <t>HNESPS115-34M0</t>
+  </si>
+  <si>
+    <t>HNESPS115-34M0Q</t>
+  </si>
+  <si>
+    <t>HNESPS115-44M0</t>
+  </si>
+  <si>
+    <t>HNESPS115-44M0Q</t>
+  </si>
+  <si>
+    <t>HNESPS125-34M0</t>
+  </si>
+  <si>
+    <t>HNESPS125-34M0Q</t>
+  </si>
+  <si>
+    <t>HNESPS125-44M0</t>
+  </si>
+  <si>
+    <t>HNESPS125-44M0Q</t>
+  </si>
+  <si>
     <t>FOXESS</t>
   </si>
   <si>
     <t>AC1-4.6-E1/AIO-AC1-4.6E</t>
   </si>
   <si>
     <t>AC1-5.0-E1/AIO-AC1-5.0E</t>
   </si>
   <si>
     <t>AC3-10.0-E</t>
   </si>
   <si>
     <t>AC3-10.0-E1</t>
   </si>
   <si>
     <t>AC3-12.0-E</t>
   </si>
   <si>
     <t>AC3-5.0-E</t>
   </si>
   <si>
     <t>AC3-6.0-E</t>
   </si>
   <si>
     <t>AC3-8.0-E</t>
@@ -2045,59 +2198,86 @@
   <si>
     <t>MH-HYIV10.0-THE</t>
   </si>
   <si>
     <t>MH-HYIV10.0-THE-BE</t>
   </si>
   <si>
     <t>MH-HYIV12.0-THE</t>
   </si>
   <si>
     <t>MH-HYIV15.0-TH-S4</t>
   </si>
   <si>
     <t>MH-HYIV15.0-THE</t>
   </si>
   <si>
     <t>MH-HYIV20.0-TH</t>
   </si>
   <si>
     <t>MH-HYIV25.0-TH</t>
   </si>
   <si>
     <t>MH-HYIV29.9-TH</t>
   </si>
   <si>
+    <t>MH-HYIV3.0-SHE</t>
+  </si>
+  <si>
+    <t>MH-HYIV3.68-SHE</t>
+  </si>
+  <si>
+    <t>MH-HYIV3.8-SHE</t>
+  </si>
+  <si>
     <t>MH-HYIV30.0-TH</t>
   </si>
   <si>
+    <t>MH-HYIV4.0-SHE</t>
+  </si>
+  <si>
+    <t>MH-HYIV4.6-SHE</t>
+  </si>
+  <si>
+    <t>MH-HYIV5.0-SHE</t>
+  </si>
+  <si>
+    <t>MH-HYIV5.0-SHE-BE</t>
+  </si>
+  <si>
     <t>MH-HYIV5.0-THE</t>
   </si>
   <si>
+    <t>MH-HYIV6.0-SHE</t>
+  </si>
+  <si>
     <t>MH-HYIV6.0-THE</t>
   </si>
   <si>
+    <t>MH-HYIV8.0-SHE</t>
+  </si>
+  <si>
     <t>MH-HYIV8.0-THE</t>
   </si>
   <si>
     <t>HITE</t>
   </si>
   <si>
     <t>TypeA</t>
   </si>
   <si>
     <t>HUAWEI</t>
   </si>
   <si>
     <t>SUN2000 2KTL-L1</t>
   </si>
   <si>
     <t>SUN2000 3KTL-L1</t>
   </si>
   <si>
     <t>SUN2000 4,6KTL</t>
   </si>
   <si>
     <t>SUN2000 5KTL-L1</t>
   </si>
   <si>
     <t>SUN2000 L 3KTL</t>
@@ -2423,50 +2603,56 @@
   <si>
     <t>HHS-5000</t>
   </si>
   <si>
     <t>HHS-5000-BE</t>
   </si>
   <si>
     <t>HHS-6000</t>
   </si>
   <si>
     <t>HHT-10000-BE</t>
   </si>
   <si>
     <t>HHT-12000</t>
   </si>
   <si>
     <t>HHT-5000</t>
   </si>
   <si>
     <t>HHT-6000</t>
   </si>
   <si>
     <t>HHT-8000</t>
   </si>
   <si>
+    <t>Hyundai</t>
+  </si>
+  <si>
+    <t>IONIQ9 V2G 11kW 3-phase Type2 + EVEE V2X Charger (Model : IoTPXX3XMV) (IoTecha)</t>
+  </si>
+  <si>
     <t>ILumen / SMA</t>
   </si>
   <si>
     <t>2.5 / SB1.5-1VL-40</t>
   </si>
   <si>
     <t>2.5 / SB2.0-1VL-40</t>
   </si>
   <si>
     <t>2.5 / SB2.5-1VL-40</t>
   </si>
   <si>
     <t>2.5 / SB3.0-1AV-41</t>
   </si>
   <si>
     <t>2.5 / SB3.6-1AV-41</t>
   </si>
   <si>
     <t>2.5 / SB4.0-1AV-41</t>
   </si>
   <si>
     <t>2.5 / SB5.0-1AV-41</t>
   </si>
   <si>
     <t>2.5 / SB6.0-1AV-41</t>
@@ -2714,131 +2900,191 @@
   <si>
     <t>PIKO MP plus 3.6-2</t>
   </si>
   <si>
     <t>PIKO MP plus 4.6-2</t>
   </si>
   <si>
     <t>PIKO MP plus 5.0-2</t>
   </si>
   <si>
     <t>PLENTICORE 7.0</t>
   </si>
   <si>
     <t>PLENTICORE BI G2 10/26</t>
   </si>
   <si>
     <t>PLENTICORE BI G2 5.5/26</t>
   </si>
   <si>
     <t>PLENTICORE Bl 10/26</t>
   </si>
   <si>
     <t>PLENTICORE Bl 5.5/26</t>
   </si>
   <si>
+    <t>PLENTICORE L G3 15.0</t>
+  </si>
+  <si>
+    <t>PLENTICORE L G3 17.5</t>
+  </si>
+  <si>
+    <t>PLENTICORE L G3 20.0</t>
+  </si>
+  <si>
+    <t>PLENTICORE M G3 10</t>
+  </si>
+  <si>
+    <t>PLENTICORE M G3 12.5</t>
+  </si>
+  <si>
+    <t>PLENTICORE M G3 8.5</t>
+  </si>
+  <si>
+    <t>PLENTICORE MP M G3 4.6</t>
+  </si>
+  <si>
+    <t>PLENTICORE MP M G3 5.0</t>
+  </si>
+  <si>
+    <t>PLENTICORE MP M G3 6.0</t>
+  </si>
+  <si>
+    <t>PLENTICORE MP M G3 7.0</t>
+  </si>
+  <si>
+    <t>PLENTICORE MP S G3 3.0</t>
+  </si>
+  <si>
+    <t>PLENTICORE MP S G3 3.6</t>
+  </si>
+  <si>
+    <t>PLENTICORE MP S G3 4.0</t>
+  </si>
+  <si>
+    <t>PLENTICORE S G3 4.0</t>
+  </si>
+  <si>
+    <t>PLENTICORE S G3 5.5</t>
+  </si>
+  <si>
+    <t>PLENTICORE S G3 7.0</t>
+  </si>
+  <si>
     <t>PLENTICORE plus 10</t>
   </si>
   <si>
     <t>PLENTICORE plus 3.0</t>
   </si>
   <si>
     <t>PLENTICORE plus 4.2</t>
   </si>
   <si>
     <t>PLENTICORE plus 5.5</t>
   </si>
   <si>
     <t>PLENTICORE plus 8.5</t>
   </si>
   <si>
     <t>PLENTICORE plus G2 10</t>
   </si>
   <si>
     <t>PLENTICORE plus G2 3.0</t>
   </si>
   <si>
     <t>PLENTICORE plus G2 4.2</t>
   </si>
   <si>
     <t>PLENTICORE plus G2 5.5</t>
   </si>
   <si>
     <t>PLENTICORE plus G2 7.0</t>
   </si>
   <si>
     <t>PLENTICORE plus G2 8.5</t>
   </si>
   <si>
     <t>Kehua Tech</t>
   </si>
   <si>
     <t>ESI215-100K-M</t>
   </si>
   <si>
+    <t>Kia</t>
+  </si>
+  <si>
+    <t>EV9 GT V2G 11kW 3-phase Type2 + EVEE V2X Charger (Model : IoTPXX3XMV) (IoTecha)</t>
+  </si>
+  <si>
+    <t>EV9 V2G 11kW 3-phase Type2 + EVEE V2X Charger (Model : IoTPXX3XMV) (IoTecha)</t>
+  </si>
+  <si>
     <t>Kstar</t>
   </si>
   <si>
     <t>10KT</t>
   </si>
   <si>
     <t>12KT</t>
   </si>
   <si>
     <t>50DP</t>
   </si>
   <si>
     <t>8KT</t>
   </si>
   <si>
     <t>BluE-S 3680D</t>
   </si>
   <si>
     <t>BluE-S 5000D</t>
   </si>
   <si>
     <t>Kstar   (Vision)</t>
   </si>
   <si>
     <t>KSE-3.6K-048S</t>
   </si>
   <si>
     <t>KSE-5K-048S</t>
   </si>
   <si>
     <t>LG ESS</t>
   </si>
   <si>
     <t>D008KE1N211</t>
   </si>
   <si>
     <t>D010KE1N211</t>
   </si>
   <si>
     <t>Langfang IN-Power Electric Co., Ltd.</t>
   </si>
   <si>
+    <t>INPPCS-100/0.4-W-24-C1-OS</t>
+  </si>
+  <si>
     <t>PGMcv 1.4</t>
   </si>
   <si>
     <t>Lenercom</t>
   </si>
   <si>
     <t>LC-E2-1010T-G</t>
   </si>
   <si>
     <t>LC-E2-1015T</t>
   </si>
   <si>
     <t>LC-E2-1015T-G</t>
   </si>
   <si>
     <t>LC-E2-1020T</t>
   </si>
   <si>
     <t>LC-E2-1020T-G</t>
   </si>
   <si>
     <t>LC-E2-1025T</t>
   </si>
   <si>
     <t>LC-E2-1030T</t>
@@ -3125,50 +3371,80 @@
   <si>
     <t>R6KH3</t>
   </si>
   <si>
     <t>R6KH3-P</t>
   </si>
   <si>
     <t>R6KL1-G2S</t>
   </si>
   <si>
     <t>R6KL1A-G2S</t>
   </si>
   <si>
     <t>R6KL1D-G2S</t>
   </si>
   <si>
     <t>R6KL1DA-G2S</t>
   </si>
   <si>
     <t>R8KH3</t>
   </si>
   <si>
     <t>R8KH3-P</t>
   </si>
   <si>
+    <t>MIDEA</t>
+  </si>
+  <si>
+    <t>MEI2-HS3.68H-AIO</t>
+  </si>
+  <si>
+    <t>MEI2-HS3.8H-AIO</t>
+  </si>
+  <si>
+    <t>MEI2-HS3H-AIO</t>
+  </si>
+  <si>
+    <t>MEI2-HS4.6H-AIO</t>
+  </si>
+  <si>
+    <t>MEI2-HS4H-AIO</t>
+  </si>
+  <si>
+    <t>MEI2-HS5H-AIO</t>
+  </si>
+  <si>
+    <t>MEI2-HS5H-AIO2</t>
+  </si>
+  <si>
+    <t>MEI2-HS6H-AIO</t>
+  </si>
+  <si>
+    <t>MEI2-HS8H-AIO</t>
+  </si>
+  <si>
     <t>Maschinenfabrik Reinhausen GmbH</t>
   </si>
   <si>
     <t>GRIDCON® PCS 120 4W-400V/1x42kVA-PQ4</t>
   </si>
   <si>
     <t>GRIDCON® PCS 120 4W-400V/2x42kVA-PQ4</t>
   </si>
   <si>
     <t>GRIDCON® PCS 120 4W-400V/3x42kVA-PQ4</t>
   </si>
   <si>
     <t>GRIDCON® PCS 400 3W-400V/1x87kVA-PQ4</t>
   </si>
   <si>
     <t>GRIDCON® PCS 400 3W-400V/2x87kVA-PQ4</t>
   </si>
   <si>
     <t>GRIDCON® PCS 400 3W-400V/3x87kVA-PQ4</t>
   </si>
   <si>
     <t>GRIDCON® PCS 400 3W-400V/4x87kVA-PQ4</t>
   </si>
   <si>
     <t>Midea</t>
@@ -3264,50 +3540,56 @@
     <t>BW-INV-TPH4K</t>
   </si>
   <si>
     <t>BW-INV-TPH5K</t>
   </si>
   <si>
     <t>BW-INV-TPH6K</t>
   </si>
   <si>
     <t>BW-INV-TPH8K</t>
   </si>
   <si>
     <t>NGEN</t>
   </si>
   <si>
     <t>STAR-H3-12.0-E</t>
   </si>
   <si>
     <t>Perceval</t>
   </si>
   <si>
     <t>28456</t>
   </si>
   <si>
     <t>28791</t>
+  </si>
+  <si>
+    <t>Phoenix Contact</t>
+  </si>
+  <si>
+    <t>TRIO-HP/3AC/1KDC/20KW/BI</t>
   </si>
   <si>
     <t>Pixii</t>
   </si>
   <si>
     <t>PowerShaper
 10kW/65kWh</t>
   </si>
   <si>
     <t>PowerShaper
 20kW/65kWh</t>
   </si>
   <si>
     <t>PowerShaper
 30kW/65kWh</t>
   </si>
   <si>
     <t>PowerShaper
 40kW/65kWh</t>
   </si>
   <si>
     <t>PowerShaper
 50kW/65kWh</t>
   </si>
   <si>
@@ -3480,50 +3762,59 @@
     <t>N3-HV-5.0</t>
   </si>
   <si>
     <t>N3-HV-6.0</t>
   </si>
   <si>
     <t>N3-HV-8.0</t>
   </si>
   <si>
     <t>Rahvolt</t>
   </si>
   <si>
     <t>RV3000H-S2</t>
   </si>
   <si>
     <t>RV3680H-S2</t>
   </si>
   <si>
     <t>RV4000H-S2</t>
   </si>
   <si>
     <t>RV5000H-S2</t>
   </si>
   <si>
     <t>RV6000H-S2</t>
+  </si>
+  <si>
+    <t>Reconvert</t>
+  </si>
+  <si>
+    <t>HA-100</t>
+  </si>
+  <si>
+    <t>HA-200</t>
   </si>
   <si>
     <t>Renac Power</t>
   </si>
   <si>
     <t>ESC3000-DS</t>
   </si>
   <si>
     <t>ESC3680-DS</t>
   </si>
   <si>
     <t>SAJ</t>
   </si>
   <si>
     <t>AS1-3KS-10.2</t>
   </si>
   <si>
     <t>AS1-3KS-15.3</t>
   </si>
   <si>
     <t>AS1-3KS-20.4</t>
   </si>
   <si>
     <t>AS1-3KS-5.1</t>
   </si>
@@ -4156,50 +4447,56 @@
   <si>
     <t>EMG-PCS-0187-ACC-IEC-00</t>
   </si>
   <si>
     <t>EMG-PCS-0250-ACC-IEC-00</t>
   </si>
   <si>
     <t>EMG-PCS-0312-ACC-IEC-00</t>
   </si>
   <si>
     <t>EMG-PCS-0375-ACC-IEC-00</t>
   </si>
   <si>
     <t>EMG-PCS-0437-ACC-IEC-00</t>
   </si>
   <si>
     <t>EMG-PCS-0500-ACC-IEC-00</t>
   </si>
   <si>
     <t>Sermatec</t>
   </si>
   <si>
     <t>SMT-5K-TL-LV</t>
   </si>
   <si>
+    <t>Shenshen Enjoy Technology</t>
+  </si>
+  <si>
+    <t>EPCS30-105-AM</t>
+  </si>
+  <si>
     <t>Sigenergy</t>
   </si>
   <si>
     <t>Sigen Hybrid  8.0 TP</t>
   </si>
   <si>
     <t>Sigen Hybrid 10.0 TP</t>
   </si>
   <si>
     <t>Sigen Hybrid 10.0 TP BE</t>
   </si>
   <si>
     <t>Sigen Hybrid 12.0 TP</t>
   </si>
   <si>
     <t>Sigen Hybrid 15.0 TP</t>
   </si>
   <si>
     <t>Sigen Hybrid 17.0 TP</t>
   </si>
   <si>
     <t>Sigen Hybrid 20.0 TP</t>
   </si>
   <si>
     <t>Sigen Hybrid 25.0 TP</t>
@@ -5905,84 +6202,117 @@
   <si>
     <t>Type 4.6C</t>
   </si>
   <si>
     <t>Type 6.0C</t>
   </si>
   <si>
     <t>Type 8.0C</t>
   </si>
   <si>
     <t>Vitocharge VX3 Type 6.0A</t>
   </si>
   <si>
     <t>Vitocharge VX3 Type 8.0A</t>
   </si>
   <si>
     <t>Voltronic/ Vision</t>
   </si>
   <si>
     <t>InfiniSolar10K</t>
   </si>
   <si>
     <t>WHES</t>
   </si>
   <si>
+    <t>AC-125kW-1B10</t>
+  </si>
+  <si>
+    <t>AC-125kW-2B10</t>
+  </si>
+  <si>
+    <t>AC-187kW-1B10</t>
+  </si>
+  <si>
+    <t>AC-250kW-1B10</t>
+  </si>
+  <si>
+    <t>AC-250kW-2B10</t>
+  </si>
+  <si>
+    <t>AC-250kW-4B10</t>
+  </si>
+  <si>
+    <t>AC-62.5kW-1B10</t>
+  </si>
+  <si>
     <t>SIA-10kW</t>
   </si>
   <si>
     <t>SIA-10kW-O</t>
   </si>
   <si>
     <t>SIA-3.6kW</t>
   </si>
   <si>
     <t>SIA-3.6kW-O</t>
   </si>
   <si>
     <t>SIA-4.6kW</t>
   </si>
   <si>
     <t>SIA-4.6kW-O</t>
   </si>
   <si>
     <t>SIA-5kW</t>
   </si>
   <si>
     <t>SIA-5kW-O</t>
   </si>
   <si>
     <t>SIA-6kW</t>
   </si>
   <si>
     <t>SIA-6kW-O</t>
   </si>
   <si>
     <t>SIA-8kW</t>
   </si>
   <si>
     <t>SIA-8kW-O</t>
+  </si>
+  <si>
+    <t>TAA-135kW</t>
+  </si>
+  <si>
+    <t>TAA-186kW</t>
+  </si>
+  <si>
+    <t>TAA-215kW</t>
+  </si>
+  <si>
+    <t>TAA-225kW</t>
   </si>
   <si>
     <t>WSTECH</t>
   </si>
   <si>
     <t>APS650-ES-1-360-5</t>
   </si>
   <si>
     <t>APS725-ES-1-400-5</t>
   </si>
   <si>
     <t>APS800-ES-1-440-5</t>
   </si>
   <si>
     <t>APS870-ES-1-480-5</t>
   </si>
   <si>
     <t>APS945-ES-1-520-5</t>
   </si>
   <si>
     <t>Wallbox Chargers</t>
   </si>
   <si>
     <t>QSB1-0-J-1-4-002</t>
   </si>
@@ -6344,71 +6674,271 @@
       <top style="thin"/>
     </border>
     <border>
       <left style="thin"/>
       <top style="thin"/>
     </border>
     <border>
       <left style="thin"/>
       <right style="thin"/>
       <top style="thin"/>
     </border>
     <border>
       <left style="thin"/>
       <right style="thin"/>
       <top style="thin"/>
       <bottom style="medium"/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3834">
+  <cellXfs count="4034">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="5" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="true"/>
@@ -10958,51 +11488,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6347D940-A29D-4E44-B227-049A9939897F}">
-  <dimension ref="A1:B1917"/>
+  <dimension ref="A1:B2017"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" customWidth="true" style="8" width="52.1640625"/>
     <col min="2" max="2" customWidth="true" style="9" width="64.33203125"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="7" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="7"/>
     </row>
     <row r="2" spans="1:2" s="3" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="6"/>
     </row>
     <row r="3" spans="1:2" ht="16" x14ac:dyDescent="0.2">
       <c r="A3" t="s" s="8">
@@ -13239,13102 +13769,13902 @@
       <c r="A283" s="564" t="s">
         <v>298</v>
       </c>
       <c r="B283" s="565" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="566" t="s">
         <v>298</v>
       </c>
       <c r="B284" s="567" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="568" t="s">
         <v>298</v>
       </c>
       <c r="B285" s="569" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="570" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B286" s="571" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="572" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B287" s="573" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="574" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B288" s="575" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="576" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B289" s="577" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="578" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B290" s="579" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="580" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B291" s="581" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="582" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B292" s="583" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="584" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B293" s="585" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="586" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B294" s="587" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="588" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B295" s="589" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="590" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B296" s="591" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="592" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B297" s="593" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="594" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B298" s="595" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="596" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B299" s="597" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="598" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B300" s="599" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="600" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B301" s="601" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="602" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B302" s="603" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="604" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B303" s="605" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="606" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B304" s="607" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="608" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B305" s="609" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="610" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B306" s="611" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="612" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B307" s="613" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="614" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B308" s="615" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="616" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B309" s="617" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="618" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="B310" s="619" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="620" t="s">
-        <v>336</v>
+        <v>311</v>
       </c>
       <c r="B311" s="621" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="622" t="s">
-        <v>336</v>
+        <v>311</v>
       </c>
       <c r="B312" s="623" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="624" t="s">
+        <v>311</v>
+      </c>
+      <c r="B313" s="625" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="626" t="s">
-        <v>339</v>
+        <v>311</v>
       </c>
       <c r="B314" s="627" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="628" t="s">
-        <v>339</v>
+        <v>311</v>
       </c>
       <c r="B315" s="629" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="630" t="s">
-        <v>339</v>
+        <v>311</v>
       </c>
       <c r="B316" s="631" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="632" t="s">
-        <v>339</v>
+        <v>311</v>
       </c>
       <c r="B317" s="633" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="634" t="s">
-        <v>339</v>
+        <v>311</v>
       </c>
       <c r="B318" s="635" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="636" t="s">
-        <v>339</v>
+        <v>311</v>
       </c>
       <c r="B319" s="637" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="638" t="s">
-        <v>339</v>
+        <v>311</v>
       </c>
       <c r="B320" s="639" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="640" t="s">
-        <v>339</v>
+        <v>311</v>
       </c>
       <c r="B321" s="641" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="642" t="s">
-        <v>339</v>
+        <v>311</v>
       </c>
       <c r="B322" s="643" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="644" t="s">
-        <v>339</v>
+        <v>311</v>
       </c>
       <c r="B323" s="645" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="646" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="B324" s="647" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="648" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="B325" s="649" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="650" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B326" s="651" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="652" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B327" s="653" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="654" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B328" s="655" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="656" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B329" s="657" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="658" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B330" s="659" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="660" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B331" s="661" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="662" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B332" s="663" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="664" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B333" s="665" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="666" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B334" s="667" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="668" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B335" s="669" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="670" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B336" s="671" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="672" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B337" s="673" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="674" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B338" s="675" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="676" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B339" s="677" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="678" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B340" s="679" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="680" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B341" s="681" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="682" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B342" s="683" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="684" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B343" s="685" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="686" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B344" s="687" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="688" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B345" s="689" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="690" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B346" s="691" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="692" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B347" s="693" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="694" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B348" s="695" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="696" t="s">
-        <v>339</v>
+        <v>353</v>
       </c>
       <c r="B349" s="697" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="698" t="s">
-        <v>377</v>
+        <v>353</v>
       </c>
       <c r="B350" s="699" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="700" t="s">
-        <v>377</v>
+        <v>353</v>
       </c>
       <c r="B351" s="701" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="702" t="s">
-        <v>377</v>
+        <v>353</v>
       </c>
       <c r="B352" s="703" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="704" t="s">
-        <v>377</v>
+        <v>353</v>
       </c>
       <c r="B353" s="705" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="706" t="s">
-        <v>377</v>
+        <v>353</v>
       </c>
       <c r="B354" s="707" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="708" t="s">
-        <v>377</v>
+        <v>353</v>
       </c>
       <c r="B355" s="709" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="710" t="s">
-        <v>377</v>
+        <v>353</v>
       </c>
       <c r="B356" s="711" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="712" t="s">
-        <v>377</v>
+        <v>353</v>
       </c>
       <c r="B357" s="713" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="714" t="s">
-        <v>377</v>
+        <v>353</v>
       </c>
       <c r="B358" s="715" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="716" t="s">
-        <v>377</v>
+        <v>353</v>
       </c>
       <c r="B359" s="717" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="718" t="s">
+        <v>353</v>
+      </c>
+      <c r="B360" s="719" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="720" t="s">
-        <v>388</v>
+        <v>353</v>
       </c>
       <c r="B361" s="721" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="722" t="s">
-        <v>388</v>
+        <v>353</v>
       </c>
       <c r="B362" s="723" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="724" t="s">
+        <v>391</v>
+      </c>
+      <c r="B363" s="725" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="726" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="B364" s="727" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="728" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="B365" s="729" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="730" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="B366" s="731" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="732" t="s">
+        <v>391</v>
+      </c>
+      <c r="B367" s="733" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="734" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="B368" s="735" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="736" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="B369" s="737" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="738" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="B370" s="739" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="740" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="B371" s="741" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="742" t="s">
-        <v>403</v>
+        <v>391</v>
       </c>
       <c r="B372" s="743" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="744" t="s">
+        <v>402</v>
+      </c>
+      <c r="B373" s="745" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="746" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="B374" s="747" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="748" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="B375" s="749" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="750" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="B376" s="751" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="752" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="B377" s="753" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="754" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="B378" s="755" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="756" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="B379" s="757" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="758" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="B380" s="759" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="760" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="B381" s="761" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="762" t="s">
+        <v>413</v>
+      </c>
+      <c r="B382" s="763" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="764" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="B383" s="765" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="766" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="B384" s="767" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="768" t="s">
+        <v>417</v>
+      </c>
+      <c r="B385" s="769" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="770" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="B386" s="771" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="772" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="B387" s="773" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="774" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="B388" s="775" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="776" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="B389" s="777" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="778" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="B390" s="779" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="780" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="B391" s="781" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="782" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="B392" s="783" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="784" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="B393" s="785" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="786" t="s">
+        <v>424</v>
+      </c>
+      <c r="B394" s="787" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="788" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="B395" s="789" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="790" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="B396" s="791" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="792" t="s">
-        <v>432</v>
+        <v>424</v>
       </c>
       <c r="B397" s="793" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="794" t="s">
+        <v>424</v>
+      </c>
+      <c r="B398" s="795" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="796" t="s">
-        <v>435</v>
+        <v>424</v>
       </c>
       <c r="B399" s="797" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="798" t="s">
-        <v>435</v>
+        <v>424</v>
       </c>
       <c r="B400" s="799" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="800" t="s">
         <v>435</v>
       </c>
       <c r="B401" s="801" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="802" t="s">
         <v>435</v>
       </c>
       <c r="B402" s="803" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="804" t="s">
         <v>435</v>
       </c>
       <c r="B403" s="805" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="806" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="B404" s="807" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="808" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="B405" s="809" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="810" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="B406" s="811" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="812" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="B407" s="813" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="814" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="B408" s="815" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="816" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="B409" s="817" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="818" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="B410" s="819" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="820" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="B411" s="821" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="822" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="B412" s="823" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="824" t="s">
+        <v>449</v>
+      </c>
+      <c r="B413" s="825" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="826" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="B414" s="827" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="828" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="B415" s="829" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="830" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="B416" s="831" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="832" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="B417" s="833" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="834" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="B418" s="835" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="836" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="B419" s="837" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="838" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="B420" s="839" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="840" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="B421" s="841" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="842" t="s">
-        <v>450</v>
+        <v>460</v>
       </c>
       <c r="B422" s="843" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="844" t="s">
-        <v>450</v>
+        <v>460</v>
       </c>
       <c r="B423" s="845" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="846" t="s">
-        <v>450</v>
+        <v>463</v>
       </c>
       <c r="B424" s="847" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="848" t="s">
-        <v>450</v>
+        <v>463</v>
       </c>
       <c r="B425" s="849" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="850" t="s">
-        <v>450</v>
+        <v>463</v>
       </c>
       <c r="B426" s="851" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="852" t="s">
-        <v>450</v>
+        <v>463</v>
       </c>
       <c r="B427" s="853" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="854" t="s">
-        <v>450</v>
+        <v>463</v>
       </c>
       <c r="B428" s="855" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="856" t="s">
-        <v>450</v>
+        <v>463</v>
       </c>
       <c r="B429" s="857" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="858" t="s">
-        <v>450</v>
+        <v>463</v>
       </c>
       <c r="B430" s="859" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="860" t="s">
-        <v>450</v>
+        <v>463</v>
       </c>
       <c r="B431" s="861" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="862" t="s">
-        <v>450</v>
+        <v>463</v>
       </c>
       <c r="B432" s="863" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="864" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="B433" s="865" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="866" t="s">
+        <v>463</v>
+      </c>
+      <c r="B434" s="867" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="868" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="B435" s="869" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="870" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="B436" s="871" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="872" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="B437" s="873" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="874" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="B438" s="875" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="876" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="B439" s="877" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="878" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="B440" s="879" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="880" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="B441" s="881" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="882" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="B442" s="883" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="884" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="B443" s="885" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="886" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="B444" s="887" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="888" t="s">
-        <v>474</v>
+        <v>485</v>
       </c>
       <c r="B445" s="889" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="890" t="s">
-        <v>474</v>
+        <v>487</v>
       </c>
       <c r="B446" s="891" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="892" t="s">
-        <v>474</v>
+        <v>489</v>
       </c>
       <c r="B447" s="893" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="894" t="s">
-        <v>474</v>
+        <v>489</v>
       </c>
       <c r="B448" s="895" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="896" t="s">
-        <v>474</v>
+        <v>492</v>
       </c>
       <c r="B449" s="897" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="898" t="s">
-        <v>474</v>
+        <v>492</v>
       </c>
       <c r="B450" s="899" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="900" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="B451" s="901" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="902" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="B452" s="903" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="904" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="B453" s="905" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="906" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="B454" s="907" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="908" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="B455" s="909" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="910" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="B456" s="911" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="912" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B457" s="913" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="914" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B458" s="915" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="916" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B459" s="917" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="918" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B460" s="919" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="920" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B461" s="921" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="922" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B462" s="923" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="924" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B463" s="925" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="926" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B464" s="927" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="928" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B465" s="929" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="930" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B466" s="931" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="932" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B467" s="933" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="934" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B468" s="935" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="936" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B469" s="937" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="938" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B470" s="939" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="940" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B471" s="941" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="942" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B472" s="943" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="944" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B473" s="945" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="946" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B474" s="947" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="948" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B475" s="949" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="950" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B476" s="951" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="952" t="s">
-        <v>521</v>
+        <v>501</v>
       </c>
       <c r="B477" s="953" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="954" t="s">
-        <v>521</v>
+        <v>501</v>
       </c>
       <c r="B478" s="955" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="956" t="s">
-        <v>521</v>
+        <v>501</v>
       </c>
       <c r="B479" s="957" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="958" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="B480" s="959" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="960" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="B481" s="961" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="962" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="B482" s="963" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="964" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="B483" s="965" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="966" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="B484" s="967" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="968" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="B485" s="969" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="970" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="B486" s="971" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="972" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="B487" s="973" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="974" t="s">
-        <v>533</v>
+        <v>525</v>
       </c>
       <c r="B488" s="975" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="976" t="s">
-        <v>533</v>
+        <v>525</v>
       </c>
       <c r="B489" s="977" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="978" t="s">
-        <v>533</v>
+        <v>525</v>
       </c>
       <c r="B490" s="979" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="980" t="s">
+        <v>525</v>
+      </c>
+      <c r="B491" s="981" t="s">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="982" t="s">
-        <v>537</v>
+        <v>525</v>
       </c>
       <c r="B492" s="983" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="984" t="s">
-        <v>537</v>
+        <v>525</v>
       </c>
       <c r="B493" s="985" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="986" t="s">
-        <v>537</v>
+        <v>525</v>
       </c>
       <c r="B494" s="987" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="988" t="s">
-        <v>537</v>
+        <v>525</v>
       </c>
       <c r="B495" s="989" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="990" t="s">
-        <v>537</v>
+        <v>525</v>
       </c>
       <c r="B496" s="991" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="992" t="s">
-        <v>537</v>
+        <v>525</v>
       </c>
       <c r="B497" s="993" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="994" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="B498" s="995" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="996" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="B499" s="997" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="998" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="B500" s="999" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="1000" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="B501" s="1001" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="1002" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B502" s="1003" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="1004" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B503" s="1005" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="1006" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B504" s="1007" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="1008" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B505" s="1009" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="1010" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B506" s="1011" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="1012" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B507" s="1013" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="1014" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B508" s="1015" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="1016" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B509" s="1017" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="1018" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B510" s="1019" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="1020" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B511" s="1021" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="1022" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B512" s="1023" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="1024" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B513" s="1025" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="1026" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B514" s="1027" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="1028" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B515" s="1029" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="1030" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B516" s="1031" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="1032" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B517" s="1033" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="1034" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B518" s="1035" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="1036" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B519" s="1037" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="1038" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B520" s="1039" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="1040" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B521" s="1041" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="1042" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B522" s="1043" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="1044" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="B523" s="1045" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="1046" t="s">
-        <v>537</v>
+        <v>572</v>
       </c>
       <c r="B524" s="1047" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="1048" t="s">
-        <v>537</v>
+        <v>572</v>
       </c>
       <c r="B525" s="1049" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="1050" t="s">
-        <v>537</v>
+        <v>572</v>
       </c>
       <c r="B526" s="1051" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="1052" t="s">
-        <v>537</v>
+        <v>572</v>
       </c>
       <c r="B527" s="1053" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="1054" t="s">
-        <v>537</v>
+        <v>572</v>
       </c>
       <c r="B528" s="1055" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="1056" t="s">
-        <v>537</v>
+        <v>572</v>
       </c>
       <c r="B529" s="1057" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="1058" t="s">
-        <v>537</v>
+        <v>572</v>
       </c>
       <c r="B530" s="1059" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="1060" t="s">
-        <v>537</v>
+        <v>572</v>
       </c>
       <c r="B531" s="1061" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="1062" t="s">
-        <v>537</v>
+        <v>572</v>
       </c>
       <c r="B532" s="1063" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="1064" t="s">
-        <v>537</v>
+        <v>572</v>
       </c>
       <c r="B533" s="1065" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="1066" t="s">
-        <v>537</v>
+        <v>572</v>
       </c>
       <c r="B534" s="1067" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="1068" t="s">
-        <v>537</v>
+        <v>584</v>
       </c>
       <c r="B535" s="1069" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="1070" t="s">
-        <v>537</v>
+        <v>584</v>
       </c>
       <c r="B536" s="1071" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="1072" t="s">
-        <v>537</v>
+        <v>584</v>
       </c>
       <c r="B537" s="1073" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="1074" t="s">
-        <v>537</v>
+        <v>588</v>
       </c>
       <c r="B538" s="1075" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="1076" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="B539" s="1077" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="1078" t="s">
         <v>588</v>
       </c>
       <c r="B540" s="1079" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="1080" t="s">
         <v>588</v>
       </c>
       <c r="B541" s="1081" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="1082" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="B542" s="1083" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="1084" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="B543" s="1085" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="1086" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="B544" s="1087" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="1088" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="B545" s="1089" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="1090" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="B546" s="1091" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="1092" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="B547" s="1093" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="1094" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="B548" s="1095" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="1096" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B549" s="1097" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="1098" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B550" s="1099" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="1100" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B551" s="1101" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="1102" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B552" s="1103" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="1104" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B553" s="1105" t="s">
         <v>604</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="1106" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B554" s="1107" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="1108" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B555" s="1109" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="1110" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B556" s="1111" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="1112" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B557" s="1113" t="s">
         <v>608</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="1114" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B558" s="1115" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="1116" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B559" s="1117" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="1118" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B560" s="1119" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="1120" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B561" s="1121" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="1122" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B562" s="1123" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="1124" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B563" s="1125" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="1126" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B564" s="1127" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="1128" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B565" s="1129" t="s">
         <v>616</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="1130" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B566" s="1131" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="1132" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B567" s="1133" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="1134" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B568" s="1135" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="1136" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B569" s="1137" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="1138" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B570" s="1139" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="1140" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B571" s="1141" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="1142" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B572" s="1143" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="1144" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B573" s="1145" t="s">
         <v>624</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="1146" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B574" s="1147" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="1148" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B575" s="1149" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="1150" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B576" s="1151" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="1152" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B577" s="1153" t="s">
         <v>628</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="1154" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B578" s="1155" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="1156" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B579" s="1157" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="1158" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B580" s="1159" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="1160" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B581" s="1161" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="1162" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B582" s="1163" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="1164" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B583" s="1165" t="s">
         <v>634</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="1166" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B584" s="1167" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="1168" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B585" s="1169" t="s">
         <v>636</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="1170" t="s">
-        <v>599</v>
+        <v>637</v>
       </c>
       <c r="B586" s="1171" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="1172" t="s">
-        <v>599</v>
+        <v>639</v>
       </c>
       <c r="B587" s="1173" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="1174" t="s">
-        <v>599</v>
+        <v>639</v>
       </c>
       <c r="B588" s="1175" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="1176" t="s">
-        <v>599</v>
+        <v>642</v>
       </c>
       <c r="B589" s="1177" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="1178" t="s">
-        <v>599</v>
+        <v>642</v>
       </c>
       <c r="B590" s="1179" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="1180" t="s">
-        <v>599</v>
+        <v>642</v>
       </c>
       <c r="B591" s="1181" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="1182" t="s">
-        <v>599</v>
+        <v>642</v>
       </c>
       <c r="B592" s="1183" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="1184" t="s">
-        <v>599</v>
+        <v>642</v>
       </c>
       <c r="B593" s="1185" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="1186" t="s">
-        <v>599</v>
+        <v>642</v>
       </c>
       <c r="B594" s="1187" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="1188" t="s">
-        <v>599</v>
+        <v>642</v>
       </c>
       <c r="B595" s="1189" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="1190" t="s">
-        <v>599</v>
+        <v>650</v>
       </c>
       <c r="B596" s="1191" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="1192" t="s">
-        <v>599</v>
+        <v>650</v>
       </c>
       <c r="B597" s="1193" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="1194" t="s">
-        <v>599</v>
+        <v>650</v>
       </c>
       <c r="B598" s="1195" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="1196" t="s">
-        <v>599</v>
+        <v>650</v>
       </c>
       <c r="B599" s="1197" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="1198" t="s">
-        <v>599</v>
+        <v>650</v>
       </c>
       <c r="B600" s="1199" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="1200" t="s">
-        <v>599</v>
+        <v>650</v>
       </c>
       <c r="B601" s="1201" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="1202" t="s">
-        <v>599</v>
+        <v>650</v>
       </c>
       <c r="B602" s="1203" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="1204" t="s">
-        <v>599</v>
+        <v>650</v>
       </c>
       <c r="B603" s="1205" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="1206" t="s">
-        <v>599</v>
+        <v>650</v>
       </c>
       <c r="B604" s="1207" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="1208" t="s">
-        <v>599</v>
+        <v>650</v>
       </c>
       <c r="B605" s="1209" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="1210" t="s">
-        <v>599</v>
+        <v>650</v>
       </c>
       <c r="B606" s="1211" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="1212" t="s">
-        <v>599</v>
+        <v>650</v>
       </c>
       <c r="B607" s="1213" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="1214" t="s">
-        <v>599</v>
+        <v>650</v>
       </c>
       <c r="B608" s="1215" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="1216" t="s">
-        <v>599</v>
+        <v>650</v>
       </c>
       <c r="B609" s="1217" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="1218" t="s">
-        <v>599</v>
+        <v>650</v>
       </c>
       <c r="B610" s="1219" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="1220" t="s">
-        <v>599</v>
+        <v>650</v>
       </c>
       <c r="B611" s="1221" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="1222" t="s">
-        <v>599</v>
+        <v>650</v>
       </c>
       <c r="B612" s="1223" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="1224" t="s">
-        <v>664</v>
+        <v>650</v>
       </c>
       <c r="B613" s="1225" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="1226" t="s">
-        <v>664</v>
+        <v>650</v>
       </c>
       <c r="B614" s="1227" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="1228" t="s">
-        <v>664</v>
+        <v>650</v>
       </c>
       <c r="B615" s="1229" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="1230" t="s">
-        <v>664</v>
+        <v>650</v>
       </c>
       <c r="B616" s="1231" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="1232" t="s">
-        <v>664</v>
+        <v>650</v>
       </c>
       <c r="B617" s="1233" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="1234" t="s">
-        <v>664</v>
+        <v>650</v>
       </c>
       <c r="B618" s="1235" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="1236" t="s">
-        <v>664</v>
+        <v>650</v>
       </c>
       <c r="B619" s="1237" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="1238" t="s">
-        <v>664</v>
+        <v>650</v>
       </c>
       <c r="B620" s="1239" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="1240" t="s">
-        <v>664</v>
+        <v>650</v>
       </c>
       <c r="B621" s="1241" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="1242" t="s">
-        <v>664</v>
+        <v>650</v>
       </c>
       <c r="B622" s="1243" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="1244" t="s">
-        <v>664</v>
+        <v>650</v>
       </c>
       <c r="B623" s="1245" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="1246" t="s">
-        <v>664</v>
+        <v>650</v>
       </c>
       <c r="B624" s="1247" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="1248" t="s">
-        <v>677</v>
+        <v>650</v>
       </c>
       <c r="B625" s="1249" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="1250" t="s">
-        <v>679</v>
+        <v>650</v>
       </c>
       <c r="B626" s="1251" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="1252" t="s">
-        <v>679</v>
+        <v>650</v>
       </c>
       <c r="B627" s="1253" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="1254" t="s">
-        <v>679</v>
+        <v>650</v>
       </c>
       <c r="B628" s="1255" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="1256" t="s">
-        <v>679</v>
+        <v>650</v>
       </c>
       <c r="B629" s="1257" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="1258" t="s">
-        <v>679</v>
+        <v>650</v>
       </c>
       <c r="B630" s="1259" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="1260" t="s">
-        <v>679</v>
+        <v>650</v>
       </c>
       <c r="B631" s="1261" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="1262" t="s">
-        <v>679</v>
+        <v>650</v>
       </c>
       <c r="B632" s="1263" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="1264" t="s">
-        <v>679</v>
+        <v>650</v>
       </c>
       <c r="B633" s="1265" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="1266" t="s">
-        <v>679</v>
+        <v>650</v>
       </c>
       <c r="B634" s="1267" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="1268" t="s">
-        <v>679</v>
+        <v>650</v>
       </c>
       <c r="B635" s="1269" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="1270" t="s">
-        <v>679</v>
+        <v>650</v>
       </c>
       <c r="B636" s="1271" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="1272" t="s">
-        <v>679</v>
+        <v>650</v>
       </c>
       <c r="B637" s="1273" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="1274" t="s">
-        <v>692</v>
+        <v>650</v>
       </c>
       <c r="B638" s="1275" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="1276" t="s">
-        <v>692</v>
+        <v>650</v>
       </c>
       <c r="B639" s="1277" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="1278" t="s">
-        <v>692</v>
+        <v>650</v>
       </c>
       <c r="B640" s="1279" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="1280" t="s">
-        <v>692</v>
+        <v>650</v>
       </c>
       <c r="B641" s="1281" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="1282" t="s">
-        <v>692</v>
+        <v>650</v>
       </c>
       <c r="B642" s="1283" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="1284" t="s">
-        <v>692</v>
+        <v>650</v>
       </c>
       <c r="B643" s="1285" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="1286" t="s">
-        <v>692</v>
+        <v>650</v>
       </c>
       <c r="B644" s="1287" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="1288" t="s">
+        <v>650</v>
+      </c>
+      <c r="B645" s="1289" t="s">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>701</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="1290" t="s">
-        <v>700</v>
+        <v>650</v>
       </c>
       <c r="B646" s="1291" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="1292" t="s">
-        <v>700</v>
+        <v>650</v>
       </c>
       <c r="B647" s="1293" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="1294" t="s">
-        <v>700</v>
+        <v>650</v>
       </c>
       <c r="B648" s="1295" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="1296" t="s">
-        <v>700</v>
+        <v>650</v>
       </c>
       <c r="B649" s="1297" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="1298" t="s">
-        <v>700</v>
+        <v>650</v>
       </c>
       <c r="B650" s="1299" t="s">
-        <v>706</v>
+        <v>705</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="1300" t="s">
-        <v>700</v>
+        <v>650</v>
       </c>
       <c r="B651" s="1301" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="1302" t="s">
-        <v>700</v>
+        <v>650</v>
       </c>
       <c r="B652" s="1303" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="1304" t="s">
-        <v>700</v>
+        <v>650</v>
       </c>
       <c r="B653" s="1305" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="1306" t="s">
-        <v>700</v>
+        <v>650</v>
       </c>
       <c r="B654" s="1307" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="1308" t="s">
-        <v>700</v>
+        <v>650</v>
       </c>
       <c r="B655" s="1309" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="1310" t="s">
-        <v>700</v>
+        <v>650</v>
       </c>
       <c r="B656" s="1311" t="s">
-        <v>712</v>
+        <v>711</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="1312" t="s">
-        <v>700</v>
+        <v>650</v>
       </c>
       <c r="B657" s="1313" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="1314" t="s">
-        <v>700</v>
+        <v>650</v>
       </c>
       <c r="B658" s="1315" t="s">
-        <v>714</v>
+        <v>713</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="1316" t="s">
-        <v>700</v>
+        <v>650</v>
       </c>
       <c r="B659" s="1317" t="s">
-        <v>715</v>
+        <v>714</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="1318" t="s">
-        <v>700</v>
+        <v>715</v>
       </c>
       <c r="B660" s="1319" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="1320" t="s">
-        <v>700</v>
+        <v>715</v>
       </c>
       <c r="B661" s="1321" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="1322" t="s">
-        <v>700</v>
+        <v>715</v>
       </c>
       <c r="B662" s="1323" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="1324" t="s">
-        <v>700</v>
+        <v>715</v>
       </c>
       <c r="B663" s="1325" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="1326" t="s">
-        <v>700</v>
+        <v>715</v>
       </c>
       <c r="B664" s="1327" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="1328" t="s">
-        <v>700</v>
+        <v>715</v>
       </c>
       <c r="B665" s="1329" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="1330" t="s">
-        <v>700</v>
+        <v>715</v>
       </c>
       <c r="B666" s="1331" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="1332" t="s">
-        <v>700</v>
+        <v>715</v>
       </c>
       <c r="B667" s="1333" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="1334" t="s">
-        <v>700</v>
+        <v>715</v>
       </c>
       <c r="B668" s="1335" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="1336" t="s">
+        <v>715</v>
+      </c>
+      <c r="B669" s="1337" t="s">
         <v>725</v>
-      </c>
-[...1 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="1338" t="s">
-        <v>725</v>
+        <v>715</v>
       </c>
       <c r="B670" s="1339" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="1340" t="s">
-        <v>725</v>
+        <v>715</v>
       </c>
       <c r="B671" s="1341" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="1342" t="s">
-        <v>725</v>
+        <v>715</v>
       </c>
       <c r="B672" s="1343" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="1344" t="s">
-        <v>725</v>
+        <v>715</v>
       </c>
       <c r="B673" s="1345" t="s">
-        <v>730</v>
+        <v>729</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="1346" t="s">
-        <v>725</v>
+        <v>715</v>
       </c>
       <c r="B674" s="1347" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="1348" t="s">
-        <v>725</v>
+        <v>715</v>
       </c>
       <c r="B675" s="1349" t="s">
-        <v>732</v>
+        <v>731</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="1350" t="s">
-        <v>725</v>
+        <v>715</v>
       </c>
       <c r="B676" s="1351" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="1352" t="s">
-        <v>725</v>
+        <v>715</v>
       </c>
       <c r="B677" s="1353" t="s">
-        <v>734</v>
+        <v>733</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="1354" t="s">
-        <v>725</v>
+        <v>715</v>
       </c>
       <c r="B678" s="1355" t="s">
-        <v>735</v>
+        <v>734</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="1356" t="s">
-        <v>725</v>
+        <v>715</v>
       </c>
       <c r="B679" s="1357" t="s">
-        <v>736</v>
+        <v>735</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="1358" t="s">
-        <v>725</v>
+        <v>715</v>
       </c>
       <c r="B680" s="1359" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="1360" t="s">
-        <v>725</v>
+        <v>737</v>
       </c>
       <c r="B681" s="1361" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="1362" t="s">
-        <v>725</v>
+        <v>739</v>
       </c>
       <c r="B682" s="1363" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="1364" t="s">
-        <v>725</v>
+        <v>739</v>
       </c>
       <c r="B683" s="1365" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="1366" t="s">
-        <v>725</v>
+        <v>739</v>
       </c>
       <c r="B684" s="1367" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="1368" t="s">
-        <v>725</v>
+        <v>739</v>
       </c>
       <c r="B685" s="1369" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="1370" t="s">
-        <v>725</v>
+        <v>739</v>
       </c>
       <c r="B686" s="1371" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="1372" t="s">
-        <v>725</v>
+        <v>739</v>
       </c>
       <c r="B687" s="1373" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="1374" t="s">
-        <v>725</v>
+        <v>739</v>
       </c>
       <c r="B688" s="1375" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="1376" t="s">
-        <v>725</v>
+        <v>739</v>
       </c>
       <c r="B689" s="1377" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="1378" t="s">
-        <v>725</v>
+        <v>739</v>
       </c>
       <c r="B690" s="1379" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="1380" t="s">
-        <v>725</v>
+        <v>739</v>
       </c>
       <c r="B691" s="1381" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="1382" t="s">
-        <v>725</v>
+        <v>739</v>
       </c>
       <c r="B692" s="1383" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="1384" t="s">
-        <v>725</v>
+        <v>739</v>
       </c>
       <c r="B693" s="1385" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="1386" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B694" s="1387" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="1388" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B695" s="1389" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="1390" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B696" s="1391" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="1392" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B697" s="1393" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="1394" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B698" s="1395" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="1396" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B699" s="1397" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="1398" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B700" s="1399" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="1400" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="B701" s="1401" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="1402" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="B702" s="1403" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="1404" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="B703" s="1405" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="1406" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="B704" s="1407" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="1408" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="B705" s="1409" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="1410" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="B706" s="1411" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="1412" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="B707" s="1413" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="1414" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="B708" s="1415" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="1416" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="B709" s="1417" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="1418" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="B710" s="1419" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="1420" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="B711" s="1421" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="1422" t="s">
-        <v>770</v>
+        <v>760</v>
       </c>
       <c r="B712" s="1423" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="1424" t="s">
-        <v>770</v>
+        <v>760</v>
       </c>
       <c r="B713" s="1425" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="1426" t="s">
-        <v>773</v>
+        <v>760</v>
       </c>
       <c r="B714" s="1427" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="1428" t="s">
-        <v>773</v>
+        <v>760</v>
       </c>
       <c r="B715" s="1429" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="1430" t="s">
-        <v>773</v>
+        <v>760</v>
       </c>
       <c r="B716" s="1431" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="1432" t="s">
-        <v>773</v>
+        <v>760</v>
       </c>
       <c r="B717" s="1433" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="1434" t="s">
-        <v>773</v>
+        <v>760</v>
       </c>
       <c r="B718" s="1435" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="1436" t="s">
-        <v>773</v>
+        <v>760</v>
       </c>
       <c r="B719" s="1437" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="1438" t="s">
-        <v>773</v>
+        <v>760</v>
       </c>
       <c r="B720" s="1439" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="1440" t="s">
-        <v>773</v>
+        <v>760</v>
       </c>
       <c r="B721" s="1441" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="1442" t="s">
-        <v>773</v>
+        <v>760</v>
       </c>
       <c r="B722" s="1443" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="1444" t="s">
+        <v>760</v>
+      </c>
+      <c r="B723" s="1445" t="s">
         <v>783</v>
-      </c>
-[...1 lines deleted...]
-        <v>784</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="1446" t="s">
-        <v>783</v>
+        <v>760</v>
       </c>
       <c r="B724" s="1447" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="1448" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B725" s="1449" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="1450" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B726" s="1451" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="1452" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B727" s="1453" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="1454" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B728" s="1455" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="1456" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B729" s="1457" t="s">
         <v>790</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="1458" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B730" s="1459" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="1460" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B731" s="1461" t="s">
         <v>792</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="1462" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B732" s="1463" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="1464" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B733" s="1465" t="s">
         <v>794</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="1466" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B734" s="1467" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="1468" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B735" s="1469" t="s">
         <v>796</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="1470" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B736" s="1471" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="1472" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B737" s="1473" t="s">
         <v>798</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="1474" t="s">
+        <v>785</v>
+      </c>
+      <c r="B738" s="1475" t="s">
         <v>799</v>
-      </c>
-[...1 lines deleted...]
-        <v>800</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="1476" t="s">
-        <v>799</v>
+        <v>785</v>
       </c>
       <c r="B739" s="1477" t="s">
-        <v>801</v>
+        <v>800</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="1478" t="s">
-        <v>799</v>
+        <v>785</v>
       </c>
       <c r="B740" s="1479" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="1480" t="s">
-        <v>799</v>
+        <v>785</v>
       </c>
       <c r="B741" s="1481" t="s">
-        <v>803</v>
+        <v>802</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="1482" t="s">
-        <v>799</v>
+        <v>785</v>
       </c>
       <c r="B742" s="1483" t="s">
-        <v>804</v>
+        <v>803</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="1484" t="s">
-        <v>799</v>
+        <v>785</v>
       </c>
       <c r="B743" s="1485" t="s">
-        <v>805</v>
+        <v>804</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="1486" t="s">
-        <v>799</v>
+        <v>785</v>
       </c>
       <c r="B744" s="1487" t="s">
-        <v>806</v>
+        <v>805</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="1488" t="s">
-        <v>799</v>
+        <v>785</v>
       </c>
       <c r="B745" s="1489" t="s">
-        <v>807</v>
+        <v>806</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="1490" t="s">
-        <v>799</v>
+        <v>785</v>
       </c>
       <c r="B746" s="1491" t="s">
-        <v>808</v>
+        <v>807</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="1492" t="s">
-        <v>799</v>
+        <v>785</v>
       </c>
       <c r="B747" s="1493" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="1494" t="s">
-        <v>799</v>
+        <v>785</v>
       </c>
       <c r="B748" s="1495" t="s">
-        <v>810</v>
+        <v>809</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="1496" t="s">
-        <v>799</v>
+        <v>785</v>
       </c>
       <c r="B749" s="1497" t="s">
-        <v>811</v>
+        <v>810</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="1498" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="B750" s="1499" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="1500" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="B751" s="1501" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="1502" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="B752" s="1503" t="s">
         <v>814</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="1504" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="B753" s="1505" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="1506" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="B754" s="1507" t="s">
         <v>816</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="1508" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="B755" s="1509" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="1510" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="B756" s="1511" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="1512" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="B757" s="1513" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="1514" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="B758" s="1515" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="1516" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="B759" s="1517" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="1518" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="B760" s="1519" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="1520" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="B761" s="1521" t="s">
         <v>823</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="1522" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="B762" s="1523" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="1524" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="B763" s="1525" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="1526" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="B764" s="1527" t="s">
         <v>826</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="1528" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="B765" s="1529" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="1530" t="s">
+        <v>811</v>
+      </c>
+      <c r="B766" s="1531" t="s">
         <v>828</v>
-      </c>
-[...1 lines deleted...]
-        <v>829</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="1532" t="s">
-        <v>828</v>
+        <v>811</v>
       </c>
       <c r="B767" s="1533" t="s">
-        <v>830</v>
+        <v>829</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="1534" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="B768" s="1535" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="1536" t="s">
+        <v>830</v>
+      </c>
+      <c r="B769" s="1537" t="s">
         <v>832</v>
-      </c>
-[...1 lines deleted...]
-        <v>833</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="1538" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="B770" s="1539" t="s">
         <v>834</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="1540" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="B771" s="1541" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="1542" t="s">
+        <v>833</v>
+      </c>
+      <c r="B772" s="1543" t="s">
         <v>836</v>
-      </c>
-[...1 lines deleted...]
-        <v>837</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="1544" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="B773" s="1545" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="1546" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="B774" s="1547" t="s">
-        <v>839</v>
+        <v>838</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="1548" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="B775" s="1549" t="s">
-        <v>840</v>
+        <v>839</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="1550" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="B776" s="1551" t="s">
-        <v>841</v>
+        <v>840</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="1552" t="s">
-        <v>842</v>
+        <v>833</v>
       </c>
       <c r="B777" s="1553" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="1554" t="s">
+        <v>833</v>
+      </c>
+      <c r="B778" s="1555" t="s">
         <v>842</v>
-      </c>
-[...1 lines deleted...]
-        <v>844</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="1556" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="B779" s="1557" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="1558" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="B780" s="1559" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="1560" t="s">
+        <v>843</v>
+      </c>
+      <c r="B781" s="1561" t="s">
         <v>846</v>
-      </c>
-[...1 lines deleted...]
-        <v>848</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="1562" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="B782" s="1563" t="s">
-        <v>849</v>
+        <v>847</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="1564" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="B783" s="1565" t="s">
-        <v>850</v>
+        <v>848</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="1566" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="B784" s="1567" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="1568" t="s">
-        <v>852</v>
+        <v>843</v>
       </c>
       <c r="B785" s="1569" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="1570" t="s">
-        <v>854</v>
+        <v>843</v>
       </c>
       <c r="B786" s="1571" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="1572" t="s">
-        <v>854</v>
+        <v>843</v>
       </c>
       <c r="B787" s="1573" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="1574" t="s">
-        <v>854</v>
+        <v>843</v>
       </c>
       <c r="B788" s="1575" t="s">
-        <v>857</v>
+        <v>853</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="1576" t="s">
+        <v>843</v>
+      </c>
+      <c r="B789" s="1577" t="s">
         <v>854</v>
-      </c>
-[...1 lines deleted...]
-        <v>858</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="1578" t="s">
-        <v>854</v>
+        <v>843</v>
       </c>
       <c r="B790" s="1579" t="s">
-        <v>859</v>
+        <v>855</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="1580" t="s">
-        <v>854</v>
+        <v>843</v>
       </c>
       <c r="B791" s="1581" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="1582" t="s">
-        <v>861</v>
+        <v>843</v>
       </c>
       <c r="B792" s="1583" t="s">
-        <v>862</v>
+        <v>857</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="1584" t="s">
-        <v>861</v>
+        <v>843</v>
       </c>
       <c r="B793" s="1585" t="s">
-        <v>863</v>
+        <v>858</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="1586" t="s">
-        <v>861</v>
+        <v>859</v>
       </c>
       <c r="B794" s="1587" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="1588" t="s">
         <v>861</v>
       </c>
       <c r="B795" s="1589" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="1590" t="s">
         <v>861</v>
       </c>
       <c r="B796" s="1591" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="1592" t="s">
         <v>861</v>
       </c>
       <c r="B797" s="1593" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="1594" t="s">
         <v>861</v>
       </c>
       <c r="B798" s="1595" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="1596" t="s">
         <v>861</v>
       </c>
       <c r="B799" s="1597" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="1598" t="s">
         <v>861</v>
       </c>
       <c r="B800" s="1599" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="1600" t="s">
-        <v>871</v>
+        <v>861</v>
       </c>
       <c r="B801" s="1601" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="1602" t="s">
-        <v>871</v>
+        <v>861</v>
       </c>
       <c r="B802" s="1603" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="1604" t="s">
-        <v>871</v>
+        <v>861</v>
       </c>
       <c r="B803" s="1605" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="1606" t="s">
+        <v>861</v>
+      </c>
+      <c r="B804" s="1607" t="s">
         <v>871</v>
-      </c>
-[...1 lines deleted...]
-        <v>875</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="1608" t="s">
-        <v>871</v>
+        <v>861</v>
       </c>
       <c r="B805" s="1609" t="s">
-        <v>876</v>
+        <v>872</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="1610" t="s">
-        <v>871</v>
+        <v>861</v>
       </c>
       <c r="B806" s="1611" t="s">
-        <v>877</v>
+        <v>873</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="1612" t="s">
-        <v>871</v>
+        <v>861</v>
       </c>
       <c r="B807" s="1613" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="1614" t="s">
-        <v>871</v>
+        <v>861</v>
       </c>
       <c r="B808" s="1615" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="1616" t="s">
-        <v>871</v>
+        <v>861</v>
       </c>
       <c r="B809" s="1617" t="s">
-        <v>880</v>
+        <v>876</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="1618" t="s">
-        <v>881</v>
+        <v>861</v>
       </c>
       <c r="B810" s="1619" t="s">
-        <v>882</v>
+        <v>877</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="1620" t="s">
-        <v>881</v>
+        <v>861</v>
       </c>
       <c r="B811" s="1621" t="s">
-        <v>883</v>
+        <v>878</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="1622" t="s">
-        <v>881</v>
+        <v>861</v>
       </c>
       <c r="B812" s="1623" t="s">
-        <v>884</v>
+        <v>879</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="1624" t="s">
-        <v>881</v>
+        <v>861</v>
       </c>
       <c r="B813" s="1625" t="s">
-        <v>885</v>
+        <v>880</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="1626" t="s">
+        <v>861</v>
+      </c>
+      <c r="B814" s="1627" t="s">
         <v>881</v>
-      </c>
-[...1 lines deleted...]
-        <v>886</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="1628" t="s">
-        <v>881</v>
+        <v>861</v>
       </c>
       <c r="B815" s="1629" t="s">
-        <v>887</v>
+        <v>882</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="1630" t="s">
-        <v>881</v>
+        <v>861</v>
       </c>
       <c r="B816" s="1631" t="s">
-        <v>888</v>
+        <v>883</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="1632" t="s">
-        <v>881</v>
+        <v>861</v>
       </c>
       <c r="B817" s="1633" t="s">
-        <v>889</v>
+        <v>884</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="1634" t="s">
-        <v>881</v>
+        <v>861</v>
       </c>
       <c r="B818" s="1635" t="s">
-        <v>890</v>
+        <v>885</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="1636" t="s">
-        <v>881</v>
+        <v>861</v>
       </c>
       <c r="B819" s="1637" t="s">
-        <v>891</v>
+        <v>886</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="1638" t="s">
-        <v>881</v>
+        <v>861</v>
       </c>
       <c r="B820" s="1639" t="s">
-        <v>892</v>
+        <v>887</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="1640" t="s">
-        <v>881</v>
+        <v>861</v>
       </c>
       <c r="B821" s="1641" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="1642" t="s">
-        <v>881</v>
+        <v>861</v>
       </c>
       <c r="B822" s="1643" t="s">
-        <v>894</v>
+        <v>889</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="1644" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="B823" s="1645" t="s">
-        <v>895</v>
+        <v>891</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="1646" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="B824" s="1647" t="s">
-        <v>896</v>
+        <v>892</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="1648" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="B825" s="1649" t="s">
-        <v>897</v>
+        <v>893</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="1650" t="s">
-        <v>881</v>
+        <v>894</v>
       </c>
       <c r="B826" s="1651" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="1652" t="s">
-        <v>881</v>
+        <v>894</v>
       </c>
       <c r="B827" s="1653" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="1654" t="s">
-        <v>881</v>
+        <v>894</v>
       </c>
       <c r="B828" s="1655" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="1656" t="s">
-        <v>881</v>
+        <v>898</v>
       </c>
       <c r="B829" s="1657" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="1658" t="s">
-        <v>881</v>
+        <v>898</v>
       </c>
       <c r="B830" s="1659" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="1660" t="s">
-        <v>881</v>
+        <v>898</v>
       </c>
       <c r="B831" s="1661" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="1662" t="s">
-        <v>881</v>
+        <v>898</v>
       </c>
       <c r="B832" s="1663" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="1664" t="s">
-        <v>881</v>
+        <v>898</v>
       </c>
       <c r="B833" s="1665" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="1666" t="s">
-        <v>881</v>
+        <v>904</v>
       </c>
       <c r="B834" s="1667" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="1668" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
       <c r="B835" s="1669" t="s">
-        <v>908</v>
+        <v>906</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="1670" t="s">
-        <v>909</v>
+        <v>904</v>
       </c>
       <c r="B836" s="1671" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="1672" t="s">
+        <v>908</v>
+      </c>
+      <c r="B837" s="1673" t="s">
         <v>909</v>
-      </c>
-[...1 lines deleted...]
-        <v>911</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="1674" t="s">
-        <v>909</v>
+        <v>908</v>
       </c>
       <c r="B838" s="1675" t="s">
-        <v>912</v>
+        <v>910</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="1676" t="s">
-        <v>909</v>
+        <v>908</v>
       </c>
       <c r="B839" s="1677" t="s">
-        <v>913</v>
+        <v>911</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="1678" t="s">
-        <v>909</v>
+        <v>908</v>
       </c>
       <c r="B840" s="1679" t="s">
-        <v>914</v>
+        <v>912</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="1680" t="s">
-        <v>909</v>
+        <v>908</v>
       </c>
       <c r="B841" s="1681" t="s">
-        <v>915</v>
+        <v>913</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="1682" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="B842" s="1683" t="s">
-        <v>917</v>
+        <v>915</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="1684" t="s">
         <v>916</v>
       </c>
       <c r="B843" s="1685" t="s">
-        <v>918</v>
+        <v>917</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="1686" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
       <c r="B844" s="1687" t="s">
-        <v>920</v>
+        <v>918</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="1688" t="s">
+        <v>916</v>
+      </c>
+      <c r="B845" s="1689" t="s">
         <v>919</v>
-      </c>
-[...1 lines deleted...]
-        <v>921</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="1690" t="s">
-        <v>922</v>
+        <v>916</v>
       </c>
       <c r="B846" s="1691" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="1692" t="s">
-        <v>924</v>
+        <v>916</v>
       </c>
       <c r="B847" s="1693" t="s">
-        <v>925</v>
+        <v>921</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="1694" t="s">
-        <v>924</v>
+        <v>916</v>
       </c>
       <c r="B848" s="1695" t="s">
-        <v>926</v>
+        <v>922</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="1696" t="s">
+        <v>923</v>
+      </c>
+      <c r="B849" s="1697" t="s">
         <v>924</v>
-      </c>
-[...1 lines deleted...]
-        <v>927</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="1698" t="s">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="B850" s="1699" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="1700" t="s">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="B851" s="1701" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="1702" t="s">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="B852" s="1703" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="1704" t="s">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="B853" s="1705" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="1706" t="s">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="B854" s="1707" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="1708" t="s">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="B855" s="1709" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="1710" t="s">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="B856" s="1711" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="1712" t="s">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="B857" s="1713" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="1714" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="B858" s="1715" t="s">
-        <v>936</v>
+        <v>934</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="1716" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="B859" s="1717" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="1718" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="B860" s="1719" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="1720" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="B861" s="1721" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="1722" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="B862" s="1723" t="s">
-        <v>940</v>
+        <v>938</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="1724" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="B863" s="1725" t="s">
-        <v>941</v>
+        <v>939</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="1726" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="B864" s="1727" t="s">
-        <v>942</v>
+        <v>940</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="1728" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="B865" s="1729" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="1730" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="B866" s="1731" t="s">
-        <v>944</v>
+        <v>942</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="1732" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="B867" s="1733" t="s">
-        <v>945</v>
+        <v>944</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="1734" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="B868" s="1735" t="s">
-        <v>946</v>
+        <v>945</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="1736" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="B869" s="1737" t="s">
-        <v>947</v>
+        <v>946</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="1738" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="B870" s="1739" t="s">
-        <v>948</v>
+        <v>947</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="1740" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="B871" s="1741" t="s">
-        <v>949</v>
+        <v>948</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="1742" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="B872" s="1743" t="s">
-        <v>950</v>
+        <v>949</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="1744" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="B873" s="1745" t="s">
-        <v>951</v>
+        <v>950</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="1746" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="B874" s="1747" t="s">
-        <v>952</v>
+        <v>951</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="1748" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="B875" s="1749" t="s">
-        <v>953</v>
+        <v>952</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="1750" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="B876" s="1751" t="s">
-        <v>954</v>
+        <v>953</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="1752" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="B877" s="1753" t="s">
-        <v>955</v>
+        <v>954</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="1754" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="B878" s="1755" t="s">
-        <v>956</v>
+        <v>955</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="1756" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="B879" s="1757" t="s">
-        <v>957</v>
+        <v>956</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="1758" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="B880" s="1759" t="s">
-        <v>958</v>
+        <v>957</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="1760" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="B881" s="1761" t="s">
-        <v>959</v>
+        <v>958</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="1762" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="B882" s="1763" t="s">
-        <v>960</v>
+        <v>959</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="1764" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="B883" s="1765" t="s">
-        <v>961</v>
+        <v>960</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="1766" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="B884" s="1767" t="s">
-        <v>962</v>
+        <v>961</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="1768" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="B885" s="1769" t="s">
-        <v>963</v>
+        <v>962</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="1770" t="s">
-        <v>964</v>
+        <v>943</v>
       </c>
       <c r="B886" s="1771" t="s">
-        <v>965</v>
+        <v>963</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="1772" t="s">
+        <v>943</v>
+      </c>
+      <c r="B887" s="1773" t="s">
         <v>964</v>
-      </c>
-[...1 lines deleted...]
-        <v>966</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="1774" t="s">
-        <v>964</v>
+        <v>943</v>
       </c>
       <c r="B888" s="1775" t="s">
-        <v>967</v>
+        <v>965</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="1776" t="s">
-        <v>964</v>
+        <v>943</v>
       </c>
       <c r="B889" s="1777" t="s">
-        <v>968</v>
+        <v>966</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="1778" t="s">
-        <v>964</v>
+        <v>943</v>
       </c>
       <c r="B890" s="1779" t="s">
-        <v>969</v>
+        <v>967</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="1780" t="s">
-        <v>964</v>
+        <v>943</v>
       </c>
       <c r="B891" s="1781" t="s">
-        <v>970</v>
+        <v>968</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="1782" t="s">
-        <v>964</v>
+        <v>943</v>
       </c>
       <c r="B892" s="1783" t="s">
-        <v>971</v>
+        <v>969</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="1784" t="s">
-        <v>964</v>
+        <v>943</v>
       </c>
       <c r="B893" s="1785" t="s">
-        <v>972</v>
+        <v>970</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="1786" t="s">
-        <v>964</v>
+        <v>943</v>
       </c>
       <c r="B894" s="1787" t="s">
-        <v>973</v>
+        <v>971</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="1788" t="s">
-        <v>964</v>
+        <v>943</v>
       </c>
       <c r="B895" s="1789" t="s">
-        <v>974</v>
+        <v>972</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="1790" t="s">
-        <v>975</v>
+        <v>943</v>
       </c>
       <c r="B896" s="1791" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="1792" t="s">
-        <v>975</v>
+        <v>943</v>
       </c>
       <c r="B897" s="1793" t="s">
-        <v>977</v>
+        <v>974</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="1794" t="s">
+        <v>943</v>
+      </c>
+      <c r="B898" s="1795" t="s">
         <v>975</v>
-      </c>
-[...1 lines deleted...]
-        <v>978</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="1796" t="s">
-        <v>975</v>
+        <v>943</v>
       </c>
       <c r="B899" s="1797" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="1798" t="s">
-        <v>975</v>
+        <v>943</v>
       </c>
       <c r="B900" s="1799" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="1800" t="s">
-        <v>981</v>
+        <v>943</v>
       </c>
       <c r="B901" s="1801" t="s">
-        <v>982</v>
+        <v>978</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="1802" t="s">
-        <v>981</v>
+        <v>943</v>
       </c>
       <c r="B902" s="1803" t="s">
-        <v>983</v>
+        <v>979</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="1804" t="s">
-        <v>981</v>
+        <v>943</v>
       </c>
       <c r="B903" s="1805" t="s">
-        <v>984</v>
+        <v>980</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="1806" t="s">
+        <v>943</v>
+      </c>
+      <c r="B904" s="1807" t="s">
         <v>981</v>
-      </c>
-[...1 lines deleted...]
-        <v>985</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="1808" t="s">
-        <v>981</v>
+        <v>943</v>
       </c>
       <c r="B905" s="1809" t="s">
-        <v>986</v>
+        <v>982</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="1810" t="s">
-        <v>981</v>
+        <v>943</v>
       </c>
       <c r="B906" s="1811" t="s">
-        <v>987</v>
+        <v>983</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="1812" t="s">
-        <v>981</v>
+        <v>943</v>
       </c>
       <c r="B907" s="1813" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="1814" t="s">
-        <v>981</v>
+        <v>985</v>
       </c>
       <c r="B908" s="1815" t="s">
-        <v>989</v>
+        <v>986</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="1816" t="s">
-        <v>981</v>
+        <v>987</v>
       </c>
       <c r="B909" s="1817" t="s">
-        <v>990</v>
+        <v>988</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="1818" t="s">
-        <v>981</v>
+        <v>987</v>
       </c>
       <c r="B910" s="1819" t="s">
-        <v>991</v>
+        <v>989</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="1820" t="s">
-        <v>992</v>
+        <v>990</v>
       </c>
       <c r="B911" s="1821" t="s">
-        <v>993</v>
+        <v>991</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="1822" t="s">
+        <v>990</v>
+      </c>
+      <c r="B912" s="1823" t="s">
         <v>992</v>
-      </c>
-[...1 lines deleted...]
-        <v>994</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="1824" t="s">
-        <v>992</v>
+        <v>990</v>
       </c>
       <c r="B913" s="1825" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="1826" t="s">
-        <v>992</v>
+        <v>990</v>
       </c>
       <c r="B914" s="1827" t="s">
-        <v>996</v>
+        <v>994</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="1828" t="s">
-        <v>992</v>
+        <v>990</v>
       </c>
       <c r="B915" s="1829" t="s">
-        <v>997</v>
+        <v>995</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="1830" t="s">
-        <v>998</v>
+        <v>990</v>
       </c>
       <c r="B916" s="1831" t="s">
-        <v>999</v>
+        <v>996</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="1832" t="s">
+        <v>997</v>
+      </c>
+      <c r="B917" s="1833" t="s">
         <v>998</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="1834" t="s">
-        <v>998</v>
+        <v>997</v>
       </c>
       <c r="B918" s="1835" t="s">
-        <v>1001</v>
+        <v>999</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="1836" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="B919" s="1837" t="s">
-        <v>1002</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" s="1838" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="B920" s="1839" t="s">
-        <v>1003</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="1840" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
       <c r="B921" s="1841" t="s">
         <v>1004</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="1842" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
       <c r="B922" s="1843" t="s">
         <v>1005</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="1844" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B923" s="1845" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="1846" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B924" s="1847" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="1848" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B925" s="1849" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="1850" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B926" s="1851" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="1852" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B927" s="1853" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="1854" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B928" s="1855" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="1856" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B929" s="1857" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="1858" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B930" s="1859" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="1860" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B931" s="1861" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="1862" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B932" s="1863" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="1864" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B933" s="1865" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="1866" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B934" s="1867" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="1868" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B935" s="1869" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="1870" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B936" s="1871" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="1872" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B937" s="1873" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="1874" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B938" s="1875" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="1876" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B939" s="1877" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="1878" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B940" s="1879" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="1880" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B941" s="1881" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="1882" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B942" s="1883" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" s="1884" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B943" s="1885" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="1886" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B944" s="1887" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="1888" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B945" s="1889" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="1890" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B946" s="1891" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="1892" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B947" s="1893" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="1894" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B948" s="1895" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="1896" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B949" s="1897" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="1898" t="s">
-        <v>1033</v>
+        <v>1006</v>
       </c>
       <c r="B950" s="1899" t="s">
         <v>1034</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="1900" t="s">
-        <v>1033</v>
+        <v>1006</v>
       </c>
       <c r="B951" s="1901" t="s">
         <v>1035</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="1902" t="s">
-        <v>1033</v>
+        <v>1006</v>
       </c>
       <c r="B952" s="1903" t="s">
         <v>1036</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="1904" t="s">
-        <v>1033</v>
+        <v>1006</v>
       </c>
       <c r="B953" s="1905" t="s">
         <v>1037</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="1906" t="s">
-        <v>1033</v>
+        <v>1006</v>
       </c>
       <c r="B954" s="1907" t="s">
         <v>1038</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="1908" t="s">
-        <v>1033</v>
+        <v>1006</v>
       </c>
       <c r="B955" s="1909" t="s">
         <v>1039</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="1910" t="s">
-        <v>1033</v>
+        <v>1006</v>
       </c>
       <c r="B956" s="1911" t="s">
         <v>1040</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="1912" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B957" s="1913" t="s">
         <v>1041</v>
-      </c>
-[...1 lines deleted...]
-        <v>1042</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="1914" t="s">
-        <v>1041</v>
+        <v>1006</v>
       </c>
       <c r="B958" s="1915" t="s">
-        <v>1043</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="1916" t="s">
-        <v>1041</v>
+        <v>1006</v>
       </c>
       <c r="B959" s="1917" t="s">
-        <v>1044</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" s="1918" t="s">
-        <v>1041</v>
+        <v>1006</v>
       </c>
       <c r="B960" s="1919" t="s">
-        <v>1045</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="961">
       <c r="A961" s="1920" t="s">
-        <v>1041</v>
+        <v>1006</v>
       </c>
       <c r="B961" s="1921" t="s">
-        <v>1046</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="962">
       <c r="A962" s="1922" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="B962" s="1923" t="s">
         <v>1047</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" s="1924" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="B963" s="1925" t="s">
         <v>1048</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" s="1926" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="B964" s="1927" t="s">
         <v>1049</v>
       </c>
     </row>
     <row r="965">
       <c r="A965" s="1928" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="B965" s="1929" t="s">
         <v>1050</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" s="1930" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="B966" s="1931" t="s">
         <v>1051</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" s="1932" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="B967" s="1933" t="s">
         <v>1052</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" s="1934" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="B968" s="1935" t="s">
         <v>1053</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="1936" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="B969" s="1937" t="s">
         <v>1054</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="1938" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="B970" s="1939" t="s">
         <v>1055</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" s="1940" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="B971" s="1941" t="s">
         <v>1056</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" s="1942" t="s">
-        <v>1041</v>
+        <v>1057</v>
       </c>
       <c r="B972" s="1943" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" s="1944" t="s">
-        <v>1041</v>
+        <v>1057</v>
       </c>
       <c r="B973" s="1945" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" s="1946" t="s">
-        <v>1041</v>
+        <v>1057</v>
       </c>
       <c r="B974" s="1947" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" s="1948" t="s">
-        <v>1041</v>
+        <v>1057</v>
       </c>
       <c r="B975" s="1949" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" s="1950" t="s">
-        <v>1041</v>
+        <v>1057</v>
       </c>
       <c r="B976" s="1951" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="1952" t="s">
-        <v>1041</v>
+        <v>1063</v>
       </c>
       <c r="B977" s="1953" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="1954" t="s">
-        <v>1041</v>
+        <v>1063</v>
       </c>
       <c r="B978" s="1955" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" s="1956" t="s">
-        <v>1064</v>
+        <v>1063</v>
       </c>
       <c r="B979" s="1957" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" s="1958" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="B980" s="1959" t="s">
         <v>1067</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" s="1960" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="B981" s="1961" t="s">
         <v>1068</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" s="1962" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="B982" s="1963" t="s">
         <v>1069</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" s="1964" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="B983" s="1965" t="s">
         <v>1070</v>
       </c>
     </row>
     <row r="984">
       <c r="A984" s="1966" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="B984" s="1967" t="s">
         <v>1071</v>
       </c>
     </row>
     <row r="985">
       <c r="A985" s="1968" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="B985" s="1969" t="s">
         <v>1072</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" s="1970" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="B986" s="1971" t="s">
         <v>1073</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" s="1972" t="s">
-        <v>1066</v>
+        <v>1074</v>
       </c>
       <c r="B987" s="1973" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="988">
       <c r="A988" s="1974" t="s">
-        <v>1075</v>
+        <v>1074</v>
       </c>
       <c r="B988" s="1975" t="s">
         <v>1076</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" s="1976" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B989" s="1977" t="s">
         <v>1077</v>
-      </c>
-[...1 lines deleted...]
-        <v>1078</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" s="1978" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
       <c r="B990" s="1979" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" s="1980" t="s">
-        <v>1080</v>
+        <v>1074</v>
       </c>
       <c r="B991" s="1981" t="s">
-        <v>1081</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" s="1982" t="s">
         <v>1080</v>
       </c>
       <c r="B992" s="1983" t="s">
-        <v>1082</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" s="1984" t="s">
         <v>1080</v>
       </c>
       <c r="B993" s="1985" t="s">
-        <v>1083</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" s="1986" t="s">
         <v>1080</v>
       </c>
       <c r="B994" s="1987" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" s="1988" t="s">
         <v>1080</v>
       </c>
       <c r="B995" s="1989" t="s">
-        <v>1085</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" s="1990" t="s">
         <v>1080</v>
       </c>
       <c r="B996" s="1991" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" s="1992" t="s">
         <v>1080</v>
       </c>
       <c r="B997" s="1993" t="s">
-        <v>1087</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" s="1994" t="s">
         <v>1080</v>
       </c>
       <c r="B998" s="1995" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" s="1996" t="s">
         <v>1080</v>
       </c>
       <c r="B999" s="1997" t="s">
-        <v>1089</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" s="1998" t="s">
         <v>1080</v>
       </c>
       <c r="B1000" s="1999" t="s">
-        <v>1090</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" s="2000" t="s">
         <v>1080</v>
       </c>
       <c r="B1001" s="2001" t="s">
-        <v>1091</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" s="2002" t="s">
         <v>1080</v>
       </c>
       <c r="B1002" s="2003" t="s">
-        <v>1092</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" s="2004" t="s">
         <v>1080</v>
       </c>
       <c r="B1003" s="2005" t="s">
-        <v>1093</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" s="2006" t="s">
         <v>1080</v>
       </c>
       <c r="B1004" s="2007" t="s">
-        <v>1094</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="2008" t="s">
         <v>1080</v>
       </c>
       <c r="B1005" s="2009" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" s="2010" t="s">
         <v>1080</v>
       </c>
       <c r="B1006" s="2011" t="s">
-        <v>1096</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" s="2012" t="s">
         <v>1080</v>
       </c>
       <c r="B1007" s="2013" t="s">
-        <v>1097</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" s="2014" t="s">
         <v>1080</v>
       </c>
       <c r="B1008" s="2015" t="s">
-        <v>1098</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="2016" t="s">
-        <v>1099</v>
+        <v>1080</v>
       </c>
       <c r="B1009" s="2017" t="s">
-        <v>1100</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" s="2018" t="s">
-        <v>1101</v>
+        <v>1080</v>
       </c>
       <c r="B1010" s="2019" t="s">
-        <v>1102</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" s="2020" t="s">
-        <v>1103</v>
+        <v>1080</v>
       </c>
       <c r="B1011" s="2021" t="s">
-        <v>1104</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" s="2022" t="s">
-        <v>1103</v>
+        <v>1080</v>
       </c>
       <c r="B1012" s="2023" t="s">
-        <v>1105</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" s="2024" t="s">
-        <v>1103</v>
+        <v>1080</v>
       </c>
       <c r="B1013" s="2025" t="s">
-        <v>1106</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" s="2026" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B1014" s="2027" t="s">
         <v>1103</v>
-      </c>
-[...1 lines deleted...]
-        <v>1107</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" s="2028" t="s">
-        <v>1103</v>
+        <v>1080</v>
       </c>
       <c r="B1015" s="2029" t="s">
-        <v>1108</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" s="2030" t="s">
-        <v>1103</v>
+        <v>1080</v>
       </c>
       <c r="B1016" s="2031" t="s">
-        <v>1109</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" s="2032" t="s">
-        <v>1103</v>
+        <v>1080</v>
       </c>
       <c r="B1017" s="2033" t="s">
-        <v>1110</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" s="2034" t="s">
-        <v>1103</v>
+        <v>1080</v>
       </c>
       <c r="B1018" s="2035" t="s">
-        <v>1111</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" s="2036" t="s">
-        <v>1103</v>
+        <v>1080</v>
       </c>
       <c r="B1019" s="2037" t="s">
-        <v>1112</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" s="2038" t="s">
-        <v>1103</v>
+        <v>1080</v>
       </c>
       <c r="B1020" s="2039" t="s">
-        <v>1113</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" s="2040" t="s">
-        <v>1103</v>
+        <v>1080</v>
       </c>
       <c r="B1021" s="2041" t="s">
-        <v>1114</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" s="2042" t="s">
-        <v>1103</v>
+        <v>1080</v>
       </c>
       <c r="B1022" s="2043" t="s">
-        <v>1115</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" s="2044" t="s">
-        <v>1103</v>
+        <v>1080</v>
       </c>
       <c r="B1023" s="2045" t="s">
-        <v>1116</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" s="2046" t="s">
-        <v>1103</v>
+        <v>1080</v>
       </c>
       <c r="B1024" s="2047" t="s">
-        <v>1117</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" s="2048" t="s">
-        <v>1103</v>
+        <v>1080</v>
       </c>
       <c r="B1025" s="2049" t="s">
-        <v>1118</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" s="2050" t="s">
-        <v>1103</v>
+        <v>1115</v>
       </c>
       <c r="B1026" s="2051" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" s="2052" t="s">
-        <v>1120</v>
+        <v>1115</v>
       </c>
       <c r="B1027" s="2053" t="s">
-        <v>1121</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" s="2054" t="s">
-        <v>1120</v>
+        <v>1115</v>
       </c>
       <c r="B1028" s="2055" t="s">
-        <v>1122</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" s="2056" t="s">
-        <v>1120</v>
+        <v>1115</v>
       </c>
       <c r="B1029" s="2057" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" s="2058" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B1030" s="2059" t="s">
         <v>1120</v>
-      </c>
-[...1 lines deleted...]
-        <v>1124</v>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" s="2060" t="s">
-        <v>1120</v>
+        <v>1115</v>
       </c>
       <c r="B1031" s="2061" t="s">
-        <v>1125</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" s="2062" t="s">
-        <v>1120</v>
+        <v>1115</v>
       </c>
       <c r="B1032" s="2063" t="s">
-        <v>1126</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="2064" t="s">
-        <v>1120</v>
+        <v>1115</v>
       </c>
       <c r="B1033" s="2065" t="s">
-        <v>1127</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" s="2066" t="s">
-        <v>1120</v>
+        <v>1115</v>
       </c>
       <c r="B1034" s="2067" t="s">
-        <v>1128</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" s="2068" t="s">
-        <v>1120</v>
+        <v>1125</v>
       </c>
       <c r="B1035" s="2069" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" s="2070" t="s">
-        <v>1120</v>
+        <v>1125</v>
       </c>
       <c r="B1036" s="2071" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" s="2072" t="s">
-        <v>1120</v>
+        <v>1125</v>
       </c>
       <c r="B1037" s="2073" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" s="2074" t="s">
-        <v>1120</v>
+        <v>1125</v>
       </c>
       <c r="B1038" s="2075" t="s">
-        <v>1132</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" s="2076" t="s">
-        <v>1120</v>
+        <v>1125</v>
       </c>
       <c r="B1039" s="2077" t="s">
-        <v>1133</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" s="2078" t="s">
-        <v>1134</v>
+        <v>1125</v>
       </c>
       <c r="B1040" s="2079" t="s">
-        <v>1135</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" s="2080" t="s">
-        <v>1134</v>
+        <v>1125</v>
       </c>
       <c r="B1041" s="2081" t="s">
-        <v>1136</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" s="2082" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B1042" s="2083" t="s">
         <v>1134</v>
-      </c>
-[...1 lines deleted...]
-        <v>1137</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" s="2084" t="s">
-        <v>1134</v>
+        <v>1133</v>
       </c>
       <c r="B1043" s="2085" t="s">
-        <v>1138</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" s="2086" t="s">
-        <v>1134</v>
+        <v>1133</v>
       </c>
       <c r="B1044" s="2087" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" s="2088" t="s">
-        <v>1134</v>
+        <v>1133</v>
       </c>
       <c r="B1045" s="2089" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" s="2090" t="s">
-        <v>1134</v>
+        <v>1133</v>
       </c>
       <c r="B1046" s="2091" t="s">
-        <v>1141</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" s="2092" t="s">
-        <v>1134</v>
+        <v>1133</v>
       </c>
       <c r="B1047" s="2093" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" s="2094" t="s">
-        <v>1134</v>
+        <v>1133</v>
       </c>
       <c r="B1048" s="2095" t="s">
-        <v>1143</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" s="2096" t="s">
-        <v>1144</v>
+        <v>1133</v>
       </c>
       <c r="B1049" s="2097" t="s">
-        <v>1145</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" s="2098" t="s">
-        <v>1144</v>
+        <v>1133</v>
       </c>
       <c r="B1050" s="2099" t="s">
-        <v>1146</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" s="2100" t="s">
-        <v>1144</v>
+        <v>1133</v>
       </c>
       <c r="B1051" s="2101" t="s">
-        <v>1147</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" s="2102" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B1052" s="2103" t="s">
         <v>1144</v>
-      </c>
-[...1 lines deleted...]
-        <v>1148</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" s="2104" t="s">
-        <v>1144</v>
+        <v>1133</v>
       </c>
       <c r="B1053" s="2105" t="s">
-        <v>1149</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" s="2106" t="s">
-        <v>1150</v>
+        <v>1133</v>
       </c>
       <c r="B1054" s="2107" t="s">
-        <v>1151</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" s="2108" t="s">
-        <v>1150</v>
+        <v>1133</v>
       </c>
       <c r="B1055" s="2109" t="s">
-        <v>1152</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" s="2110" t="s">
-        <v>1153</v>
+        <v>1133</v>
       </c>
       <c r="B1056" s="2111" t="s">
-        <v>1154</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" s="2112" t="s">
-        <v>1153</v>
+        <v>1133</v>
       </c>
       <c r="B1057" s="2113" t="s">
-        <v>1155</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" s="2114" t="s">
-        <v>1153</v>
+        <v>1133</v>
       </c>
       <c r="B1058" s="2115" t="s">
-        <v>1156</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" s="2116" t="s">
-        <v>1153</v>
+        <v>1133</v>
       </c>
       <c r="B1059" s="2117" t="s">
-        <v>1157</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" s="2118" t="s">
-        <v>1153</v>
+        <v>1133</v>
       </c>
       <c r="B1060" s="2119" t="s">
-        <v>1158</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" s="2120" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B1061" s="2121" t="s">
         <v>1153</v>
-      </c>
-[...1 lines deleted...]
-        <v>1159</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" s="2122" t="s">
-        <v>1153</v>
+        <v>1133</v>
       </c>
       <c r="B1062" s="2123" t="s">
-        <v>1160</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="1063">
       <c r="A1063" s="2124" t="s">
-        <v>1153</v>
+        <v>1133</v>
       </c>
       <c r="B1063" s="2125" t="s">
-        <v>1161</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" s="2126" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="B1064" s="2127" t="s">
-        <v>1162</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" s="2128" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="B1065" s="2129" t="s">
-        <v>1163</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" s="2130" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="B1066" s="2131" t="s">
-        <v>1164</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="1067">
       <c r="A1067" s="2132" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="B1067" s="2133" t="s">
-        <v>1165</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" s="2134" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="B1068" s="2135" t="s">
-        <v>1166</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" s="2136" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="B1069" s="2137" t="s">
-        <v>1167</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" s="2138" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="B1070" s="2139" t="s">
-        <v>1168</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" s="2140" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="B1071" s="2141" t="s">
-        <v>1169</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="1072">
       <c r="A1072" s="2142" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="B1072" s="2143" t="s">
-        <v>1170</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" s="2144" t="s">
-        <v>1153</v>
+        <v>1167</v>
       </c>
       <c r="B1073" s="2145" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" s="2146" t="s">
-        <v>1153</v>
+        <v>1169</v>
       </c>
       <c r="B1074" s="2147" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" s="2148" t="s">
-        <v>1153</v>
+        <v>1169</v>
       </c>
       <c r="B1075" s="2149" t="s">
-        <v>1173</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" s="2150" t="s">
-        <v>1153</v>
+        <v>1172</v>
       </c>
       <c r="B1076" s="2151" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" s="2152" t="s">
-        <v>1153</v>
+        <v>1174</v>
       </c>
       <c r="B1077" s="2153" t="s">
         <v>1175</v>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" s="2154" t="s">
-        <v>1153</v>
+        <v>1174</v>
       </c>
       <c r="B1078" s="2155" t="s">
         <v>1176</v>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" s="2156" t="s">
-        <v>1153</v>
+        <v>1174</v>
       </c>
       <c r="B1079" s="2157" t="s">
         <v>1177</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" s="2158" t="s">
-        <v>1153</v>
+        <v>1174</v>
       </c>
       <c r="B1080" s="2159" t="s">
         <v>1178</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" s="2160" t="s">
-        <v>1153</v>
+        <v>1174</v>
       </c>
       <c r="B1081" s="2161" t="s">
         <v>1179</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" s="2162" t="s">
-        <v>1153</v>
+        <v>1174</v>
       </c>
       <c r="B1082" s="2163" t="s">
         <v>1180</v>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" s="2164" t="s">
-        <v>1153</v>
+        <v>1174</v>
       </c>
       <c r="B1083" s="2165" t="s">
         <v>1181</v>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" s="2166" t="s">
-        <v>1153</v>
+        <v>1174</v>
       </c>
       <c r="B1084" s="2167" t="s">
         <v>1182</v>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" s="2168" t="s">
-        <v>1153</v>
+        <v>1174</v>
       </c>
       <c r="B1085" s="2169" t="s">
         <v>1183</v>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" s="2170" t="s">
-        <v>1153</v>
+        <v>1174</v>
       </c>
       <c r="B1086" s="2171" t="s">
         <v>1184</v>
       </c>
     </row>
     <row r="1087">
       <c r="A1087" s="2172" t="s">
-        <v>1153</v>
+        <v>1174</v>
       </c>
       <c r="B1087" s="2173" t="s">
         <v>1185</v>
       </c>
     </row>
     <row r="1088">
       <c r="A1088" s="2174" t="s">
-        <v>1153</v>
+        <v>1174</v>
       </c>
       <c r="B1088" s="2175" t="s">
         <v>1186</v>
       </c>
     </row>
     <row r="1089">
       <c r="A1089" s="2176" t="s">
-        <v>1153</v>
+        <v>1174</v>
       </c>
       <c r="B1089" s="2177" t="s">
         <v>1187</v>
       </c>
     </row>
     <row r="1090">
       <c r="A1090" s="2178" t="s">
-        <v>1153</v>
+        <v>1174</v>
       </c>
       <c r="B1090" s="2179" t="s">
         <v>1188</v>
       </c>
     </row>
     <row r="1091">
       <c r="A1091" s="2180" t="s">
-        <v>1153</v>
+        <v>1174</v>
       </c>
       <c r="B1091" s="2181" t="s">
         <v>1189</v>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" s="2182" t="s">
-        <v>1153</v>
+        <v>1174</v>
       </c>
       <c r="B1092" s="2183" t="s">
         <v>1190</v>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" s="2184" t="s">
-        <v>1153</v>
+        <v>1174</v>
       </c>
       <c r="B1093" s="2185" t="s">
         <v>1191</v>
       </c>
     </row>
     <row r="1094">
       <c r="A1094" s="2186" t="s">
-        <v>1153</v>
+        <v>1174</v>
       </c>
       <c r="B1094" s="2187" t="s">
         <v>1192</v>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" s="2188" t="s">
-        <v>1153</v>
+        <v>1193</v>
       </c>
       <c r="B1095" s="2189" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="1096">
       <c r="A1096" s="2190" t="s">
-        <v>1153</v>
+        <v>1195</v>
       </c>
       <c r="B1096" s="2191" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="1097">
       <c r="A1097" s="2192" t="s">
-        <v>1153</v>
+        <v>1197</v>
       </c>
       <c r="B1097" s="2193" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="1098">
       <c r="A1098" s="2194" t="s">
-        <v>1153</v>
+        <v>1197</v>
       </c>
       <c r="B1098" s="2195" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="1099">
       <c r="A1099" s="2196" t="s">
-        <v>1153</v>
+        <v>1197</v>
       </c>
       <c r="B1099" s="2197" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1100">
       <c r="A1100" s="2198" t="s">
-        <v>1153</v>
+        <v>1197</v>
       </c>
       <c r="B1100" s="2199" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="1101">
       <c r="A1101" s="2200" t="s">
-        <v>1153</v>
+        <v>1197</v>
       </c>
       <c r="B1101" s="2201" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="1102">
       <c r="A1102" s="2202" t="s">
-        <v>1153</v>
+        <v>1197</v>
       </c>
       <c r="B1102" s="2203" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" s="2204" t="s">
-        <v>1153</v>
+        <v>1197</v>
       </c>
       <c r="B1103" s="2205" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" s="2206" t="s">
-        <v>1153</v>
+        <v>1197</v>
       </c>
       <c r="B1104" s="2207" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" s="2208" t="s">
-        <v>1153</v>
+        <v>1197</v>
       </c>
       <c r="B1105" s="2209" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" s="2210" t="s">
-        <v>1153</v>
+        <v>1197</v>
       </c>
       <c r="B1106" s="2211" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" s="2212" t="s">
-        <v>1153</v>
+        <v>1197</v>
       </c>
       <c r="B1107" s="2213" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" s="2214" t="s">
-        <v>1153</v>
+        <v>1197</v>
       </c>
       <c r="B1108" s="2215" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" s="2216" t="s">
-        <v>1153</v>
+        <v>1197</v>
       </c>
       <c r="B1109" s="2217" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="1110">
       <c r="A1110" s="2218" t="s">
-        <v>1153</v>
+        <v>1197</v>
       </c>
       <c r="B1110" s="2219" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="1111">
       <c r="A1111" s="2220" t="s">
-        <v>1153</v>
+        <v>1197</v>
       </c>
       <c r="B1111" s="2221" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" s="2222" t="s">
-        <v>1153</v>
+        <v>1197</v>
       </c>
       <c r="B1112" s="2223" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="1113">
       <c r="A1113" s="2224" t="s">
-        <v>1153</v>
+        <v>1214</v>
       </c>
       <c r="B1113" s="2225" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="1114">
       <c r="A1114" s="2226" t="s">
-        <v>1153</v>
+        <v>1214</v>
       </c>
       <c r="B1114" s="2227" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="1115">
       <c r="A1115" s="2228" t="s">
-        <v>1153</v>
+        <v>1214</v>
       </c>
       <c r="B1115" s="2229" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="1116">
       <c r="A1116" s="2230" t="s">
-        <v>1153</v>
+        <v>1214</v>
       </c>
       <c r="B1116" s="2231" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="1117">
       <c r="A1117" s="2232" t="s">
-        <v>1153</v>
+        <v>1214</v>
       </c>
       <c r="B1117" s="2233" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="1118">
       <c r="A1118" s="2234" t="s">
-        <v>1153</v>
+        <v>1214</v>
       </c>
       <c r="B1118" s="2235" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="1119">
       <c r="A1119" s="2236" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="B1119" s="2237" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="1120">
       <c r="A1120" s="2238" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="B1120" s="2239" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="1121">
       <c r="A1121" s="2240" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="B1121" s="2241" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="1122">
       <c r="A1122" s="2242" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="B1122" s="2243" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="1123">
       <c r="A1123" s="2244" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="B1123" s="2245" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="1124">
       <c r="A1124" s="2246" t="s">
-        <v>1223</v>
+        <v>1214</v>
       </c>
       <c r="B1124" s="2247" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="1125">
       <c r="A1125" s="2248" t="s">
-        <v>1223</v>
+        <v>1214</v>
       </c>
       <c r="B1125" s="2249" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="1126">
       <c r="A1126" s="2250" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="B1126" s="2251" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="1127">
       <c r="A1127" s="2252" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="B1127" s="2253" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" s="2254" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="B1128" s="2255" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="1129">
       <c r="A1129" s="2256" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="B1129" s="2257" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="1130">
       <c r="A1130" s="2258" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="B1130" s="2259" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="1131">
       <c r="A1131" s="2260" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="B1131" s="2261" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="1132">
       <c r="A1132" s="2262" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="B1132" s="2263" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="1133">
       <c r="A1133" s="2264" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="B1133" s="2265" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="1134">
       <c r="A1134" s="2266" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="B1134" s="2267" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="1135">
       <c r="A1135" s="2268" t="s">
-        <v>1223</v>
+        <v>1238</v>
       </c>
       <c r="B1135" s="2269" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="1136">
       <c r="A1136" s="2270" t="s">
-        <v>1223</v>
+        <v>1238</v>
       </c>
       <c r="B1136" s="2271" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="1137">
       <c r="A1137" s="2272" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="B1137" s="2273" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="1138">
       <c r="A1138" s="2274" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="B1138" s="2275" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="1139">
       <c r="A1139" s="2276" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="B1139" s="2277" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="1140">
       <c r="A1140" s="2278" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="B1140" s="2279" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="1141">
       <c r="A1141" s="2280" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="B1141" s="2281" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="1142">
       <c r="A1142" s="2282" t="s">
-        <v>1237</v>
+        <v>1247</v>
       </c>
       <c r="B1142" s="2283" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="1143">
       <c r="A1143" s="2284" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="B1143" s="2285" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="1144">
       <c r="A1144" s="2286" t="s">
-        <v>1244</v>
+        <v>1250</v>
       </c>
       <c r="B1144" s="2287" t="s">
-        <v>1246</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="1145">
       <c r="A1145" s="2288" t="s">
-        <v>1244</v>
+        <v>1250</v>
       </c>
       <c r="B1145" s="2289" t="s">
-        <v>1247</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="1146">
       <c r="A1146" s="2290" t="s">
-        <v>1244</v>
+        <v>1250</v>
       </c>
       <c r="B1146" s="2291" t="s">
-        <v>1248</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="1147">
       <c r="A1147" s="2292" t="s">
-        <v>1244</v>
+        <v>1250</v>
       </c>
       <c r="B1147" s="2293" t="s">
-        <v>1249</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="1148">
       <c r="A1148" s="2294" t="s">
-        <v>1244</v>
+        <v>1250</v>
       </c>
       <c r="B1148" s="2295" t="s">
-        <v>1250</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="1149">
       <c r="A1149" s="2296" t="s">
-        <v>1251</v>
+        <v>1250</v>
       </c>
       <c r="B1149" s="2297" t="s">
-        <v>1252</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="1150">
       <c r="A1150" s="2298" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="B1150" s="2299" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="1151">
       <c r="A1151" s="2300" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="B1151" s="2301" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="1152">
       <c r="A1152" s="2302" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="B1152" s="2303" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="1153">
       <c r="A1153" s="2304" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="B1153" s="2305" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="1154">
       <c r="A1154" s="2306" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="B1154" s="2307" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="1155">
       <c r="A1155" s="2308" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="B1155" s="2309" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="1156">
       <c r="A1156" s="2310" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="B1156" s="2311" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="1157">
       <c r="A1157" s="2312" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="B1157" s="2313" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="1158">
       <c r="A1158" s="2314" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="B1158" s="2315" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="1159">
       <c r="A1159" s="2316" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="B1159" s="2317" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="1160">
       <c r="A1160" s="2318" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="B1160" s="2319" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="1161">
       <c r="A1161" s="2320" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="B1161" s="2321" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="1162">
       <c r="A1162" s="2322" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="B1162" s="2323" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="1163">
       <c r="A1163" s="2324" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="B1163" s="2325" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="1164">
       <c r="A1164" s="2326" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="B1164" s="2327" t="s">
-        <v>1268</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="1165">
       <c r="A1165" s="2328" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="B1165" s="2329" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="1166">
       <c r="A1166" s="2330" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="B1166" s="2331" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="1167">
       <c r="A1167" s="2332" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="B1167" s="2333" t="s">
-        <v>1271</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="1168">
       <c r="A1168" s="2334" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="B1168" s="2335" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="1169">
       <c r="A1169" s="2336" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="B1169" s="2337" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="1170">
       <c r="A1170" s="2338" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1170" s="2339" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="1171">
       <c r="A1171" s="2340" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1171" s="2341" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="1172">
       <c r="A1172" s="2342" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1172" s="2343" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="1173">
       <c r="A1173" s="2344" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1173" s="2345" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="1174">
       <c r="A1174" s="2346" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1174" s="2347" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="1175">
       <c r="A1175" s="2348" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1175" s="2349" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="1176">
       <c r="A1176" s="2350" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1176" s="2351" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="1177">
       <c r="A1177" s="2352" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1177" s="2353" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="1178">
       <c r="A1178" s="2354" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1178" s="2355" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="1179">
       <c r="A1179" s="2356" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1179" s="2357" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="1180">
       <c r="A1180" s="2358" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1180" s="2359" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="1181">
       <c r="A1181" s="2360" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1181" s="2361" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="1182">
       <c r="A1182" s="2362" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1182" s="2363" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="1183">
       <c r="A1183" s="2364" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1183" s="2365" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="1184">
       <c r="A1184" s="2366" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1184" s="2367" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="1185">
       <c r="A1185" s="2368" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1185" s="2369" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="1186">
       <c r="A1186" s="2370" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1186" s="2371" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="1187">
       <c r="A1187" s="2372" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1187" s="2373" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="1188">
       <c r="A1188" s="2374" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1188" s="2375" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="1189">
       <c r="A1189" s="2376" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1189" s="2377" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="1190">
       <c r="A1190" s="2378" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1190" s="2379" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="1191">
       <c r="A1191" s="2380" t="s">
-        <v>1274</v>
+        <v>1250</v>
       </c>
       <c r="B1191" s="2381" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="1192">
       <c r="A1192" s="2382" t="s">
-        <v>1297</v>
+        <v>1250</v>
       </c>
       <c r="B1192" s="2383" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="1193">
       <c r="A1193" s="2384" t="s">
-        <v>1297</v>
+        <v>1250</v>
       </c>
       <c r="B1193" s="2385" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="1194">
       <c r="A1194" s="2386" t="s">
-        <v>1297</v>
+        <v>1250</v>
       </c>
       <c r="B1194" s="2387" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="1195">
       <c r="A1195" s="2388" t="s">
-        <v>1297</v>
+        <v>1250</v>
       </c>
       <c r="B1195" s="2389" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="1196">
       <c r="A1196" s="2390" t="s">
-        <v>1297</v>
+        <v>1250</v>
       </c>
       <c r="B1196" s="2391" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="1197">
       <c r="A1197" s="2392" t="s">
-        <v>1297</v>
+        <v>1250</v>
       </c>
       <c r="B1197" s="2393" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="1198">
       <c r="A1198" s="2394" t="s">
-        <v>1297</v>
+        <v>1250</v>
       </c>
       <c r="B1198" s="2395" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="1199">
       <c r="A1199" s="2396" t="s">
-        <v>1297</v>
+        <v>1250</v>
       </c>
       <c r="B1199" s="2397" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="1200">
       <c r="A1200" s="2398" t="s">
-        <v>1297</v>
+        <v>1250</v>
       </c>
       <c r="B1200" s="2399" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="1201">
       <c r="A1201" s="2400" t="s">
-        <v>1297</v>
+        <v>1250</v>
       </c>
       <c r="B1201" s="2401" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="1202">
       <c r="A1202" s="2402" t="s">
-        <v>1297</v>
+        <v>1250</v>
       </c>
       <c r="B1202" s="2403" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="1203">
       <c r="A1203" s="2404" t="s">
-        <v>1297</v>
+        <v>1250</v>
       </c>
       <c r="B1203" s="2405" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="1204">
       <c r="A1204" s="2406" t="s">
-        <v>1297</v>
+        <v>1250</v>
       </c>
       <c r="B1204" s="2407" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="1205">
       <c r="A1205" s="2408" t="s">
-        <v>1297</v>
+        <v>1250</v>
       </c>
       <c r="B1205" s="2409" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="1206">
       <c r="A1206" s="2410" t="s">
-        <v>1312</v>
+        <v>1250</v>
       </c>
       <c r="B1206" s="2411" t="s">
         <v>1313</v>
       </c>
     </row>
     <row r="1207">
       <c r="A1207" s="2412" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="B1207" s="2413" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="1208">
       <c r="A1208" s="2414" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="B1208" s="2415" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="1209">
       <c r="A1209" s="2416" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="B1209" s="2417" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="1210">
       <c r="A1210" s="2418" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="B1210" s="2419" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="1211">
       <c r="A1211" s="2420" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="B1211" s="2421" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="1212">
       <c r="A1212" s="2422" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="B1212" s="2423" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="1213">
       <c r="A1213" s="2424" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="B1213" s="2425" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="1214">
       <c r="A1214" s="2426" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="B1214" s="2427" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="1215">
       <c r="A1215" s="2428" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="B1215" s="2429" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="1216">
       <c r="A1216" s="2430" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="B1216" s="2431" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="1217">
       <c r="A1217" s="2432" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="B1217" s="2433" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="1218">
       <c r="A1218" s="2434" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="B1218" s="2435" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="1219">
       <c r="A1219" s="2436" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="B1219" s="2437" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="1220">
       <c r="A1220" s="2438" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="B1220" s="2439" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="1221">
       <c r="A1221" s="2440" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="B1221" s="2441" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="1222">
       <c r="A1222" s="2442" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="B1222" s="2443" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="1223">
       <c r="A1223" s="2444" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="B1223" s="2445" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="1224">
       <c r="A1224" s="2446" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="B1224" s="2447" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="1225">
       <c r="A1225" s="2448" t="s">
-        <v>1312</v>
+        <v>1334</v>
       </c>
       <c r="B1225" s="2449" t="s">
-        <v>1332</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="1226">
       <c r="A1226" s="2450" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="B1226" s="2451" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="1227">
       <c r="A1227" s="2452" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="B1227" s="2453" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="1228">
       <c r="A1228" s="2454" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="B1228" s="2455" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="1229">
       <c r="A1229" s="2456" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="B1229" s="2457" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="1230">
       <c r="A1230" s="2458" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="B1230" s="2459" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="1231">
       <c r="A1231" s="2460" t="s">
-        <v>1333</v>
+        <v>1341</v>
       </c>
       <c r="B1231" s="2461" t="s">
-        <v>1339</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="1232">
       <c r="A1232" s="2462" t="s">
-        <v>1333</v>
+        <v>1341</v>
       </c>
       <c r="B1232" s="2463" t="s">
-        <v>1340</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="1233">
       <c r="A1233" s="2464" t="s">
-        <v>1333</v>
+        <v>1341</v>
       </c>
       <c r="B1233" s="2465" t="s">
-        <v>1341</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="1234">
       <c r="A1234" s="2466" t="s">
-        <v>1342</v>
+        <v>1341</v>
       </c>
       <c r="B1234" s="2467" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="1235">
       <c r="A1235" s="2468" t="s">
-        <v>1342</v>
+        <v>1341</v>
       </c>
       <c r="B1235" s="2469" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="1236">
       <c r="A1236" s="2470" t="s">
-        <v>1342</v>
+        <v>1341</v>
       </c>
       <c r="B1236" s="2471" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="1237">
       <c r="A1237" s="2472" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
       <c r="B1237" s="2473" t="s">
-        <v>1346</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="1238">
       <c r="A1238" s="2474" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
       <c r="B1238" s="2475" t="s">
-        <v>1348</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="1239">
       <c r="A1239" s="2476" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
       <c r="B1239" s="2477" t="s">
-        <v>1349</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="1240">
       <c r="A1240" s="2478" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
       <c r="B1240" s="2479" t="s">
-        <v>1350</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="1241">
       <c r="A1241" s="2480" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
       <c r="B1241" s="2481" t="s">
-        <v>1351</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="1242">
       <c r="A1242" s="2482" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
       <c r="B1242" s="2483" t="s">
-        <v>1352</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="1243">
       <c r="A1243" s="2484" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
       <c r="B1243" s="2485" t="s">
-        <v>1353</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="1244">
       <c r="A1244" s="2486" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
       <c r="B1244" s="2487" t="s">
-        <v>1354</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="1245">
       <c r="A1245" s="2488" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
       <c r="B1245" s="2489" t="s">
-        <v>1355</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="1246">
       <c r="A1246" s="2490" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
       <c r="B1246" s="2491" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="1247">
       <c r="A1247" s="2492" t="s">
-        <v>1357</v>
+        <v>1350</v>
       </c>
       <c r="B1247" s="2493" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="1248">
       <c r="A1248" s="2494" t="s">
-        <v>1359</v>
+        <v>1350</v>
       </c>
       <c r="B1248" s="2495" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="1249">
       <c r="A1249" s="2496" t="s">
-        <v>1361</v>
+        <v>1350</v>
       </c>
       <c r="B1249" s="2497" t="s">
         <v>1362</v>
       </c>
     </row>
     <row r="1250">
       <c r="A1250" s="2498" t="s">
-        <v>1361</v>
+        <v>1350</v>
       </c>
       <c r="B1250" s="2499" t="s">
         <v>1363</v>
       </c>
     </row>
     <row r="1251">
       <c r="A1251" s="2500" t="s">
-        <v>1361</v>
+        <v>1350</v>
       </c>
       <c r="B1251" s="2501" t="s">
         <v>1364</v>
       </c>
     </row>
     <row r="1252">
       <c r="A1252" s="2502" t="s">
-        <v>1361</v>
+        <v>1350</v>
       </c>
       <c r="B1252" s="2503" t="s">
         <v>1365</v>
       </c>
     </row>
     <row r="1253">
       <c r="A1253" s="2504" t="s">
-        <v>1361</v>
+        <v>1350</v>
       </c>
       <c r="B1253" s="2505" t="s">
         <v>1366</v>
       </c>
     </row>
     <row r="1254">
       <c r="A1254" s="2506" t="s">
-        <v>1361</v>
+        <v>1350</v>
       </c>
       <c r="B1254" s="2507" t="s">
         <v>1367</v>
       </c>
     </row>
     <row r="1255">
       <c r="A1255" s="2508" t="s">
-        <v>1361</v>
+        <v>1350</v>
       </c>
       <c r="B1255" s="2509" t="s">
         <v>1368</v>
       </c>
     </row>
     <row r="1256">
       <c r="A1256" s="2510" t="s">
-        <v>1361</v>
+        <v>1350</v>
       </c>
       <c r="B1256" s="2511" t="s">
         <v>1369</v>
       </c>
     </row>
     <row r="1257">
       <c r="A1257" s="2512" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B1257" s="2513" t="s">
         <v>1370</v>
-      </c>
-[...1 lines deleted...]
-        <v>1371</v>
       </c>
     </row>
     <row r="1258">
       <c r="A1258" s="2514" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B1258" s="2515" t="s">
         <v>1372</v>
-      </c>
-[...1 lines deleted...]
-        <v>1373</v>
       </c>
     </row>
     <row r="1259">
       <c r="A1259" s="2516" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1259" s="2517" t="s">
-        <v>1374</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="1260">
       <c r="A1260" s="2518" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1260" s="2519" t="s">
-        <v>1375</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="1261">
       <c r="A1261" s="2520" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1261" s="2521" t="s">
-        <v>1376</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="1262">
       <c r="A1262" s="2522" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1262" s="2523" t="s">
-        <v>1377</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="1263">
       <c r="A1263" s="2524" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1263" s="2525" t="s">
-        <v>1378</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="1264">
       <c r="A1264" s="2526" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1264" s="2527" t="s">
-        <v>1379</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="1265">
       <c r="A1265" s="2528" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1265" s="2529" t="s">
-        <v>1380</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="1266">
       <c r="A1266" s="2530" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1266" s="2531" t="s">
-        <v>1381</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="1267">
       <c r="A1267" s="2532" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1267" s="2533" t="s">
-        <v>1382</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="1268">
       <c r="A1268" s="2534" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1268" s="2535" t="s">
-        <v>1383</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="1269">
       <c r="A1269" s="2536" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1269" s="2537" t="s">
-        <v>1384</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="1270">
       <c r="A1270" s="2538" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1270" s="2539" t="s">
-        <v>1385</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="1271">
       <c r="A1271" s="2540" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1271" s="2541" t="s">
-        <v>1386</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="1272">
       <c r="A1272" s="2542" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1272" s="2543" t="s">
-        <v>1387</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="1273">
       <c r="A1273" s="2544" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1273" s="2545" t="s">
-        <v>1388</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="1274">
       <c r="A1274" s="2546" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1274" s="2547" t="s">
-        <v>1389</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="1275">
       <c r="A1275" s="2548" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1275" s="2549" t="s">
-        <v>1390</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="1276">
       <c r="A1276" s="2550" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1276" s="2551" t="s">
-        <v>1391</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="1277">
       <c r="A1277" s="2552" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1277" s="2553" t="s">
-        <v>1392</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="1278">
       <c r="A1278" s="2554" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1278" s="2555" t="s">
-        <v>1393</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="1279">
       <c r="A1279" s="2556" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1279" s="2557" t="s">
-        <v>1394</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="1280">
       <c r="A1280" s="2558" t="s">
-        <v>1372</v>
+        <v>1394</v>
       </c>
       <c r="B1280" s="2559" t="s">
         <v>1395</v>
       </c>
     </row>
     <row r="1281">
       <c r="A1281" s="2560" t="s">
-        <v>1372</v>
+        <v>1394</v>
       </c>
       <c r="B1281" s="2561" t="s">
         <v>1396</v>
       </c>
     </row>
     <row r="1282">
       <c r="A1282" s="2562" t="s">
-        <v>1372</v>
+        <v>1394</v>
       </c>
       <c r="B1282" s="2563" t="s">
         <v>1397</v>
       </c>
     </row>
     <row r="1283">
       <c r="A1283" s="2564" t="s">
-        <v>1372</v>
+        <v>1394</v>
       </c>
       <c r="B1283" s="2565" t="s">
         <v>1398</v>
       </c>
     </row>
     <row r="1284">
       <c r="A1284" s="2566" t="s">
-        <v>1372</v>
+        <v>1394</v>
       </c>
       <c r="B1284" s="2567" t="s">
         <v>1399</v>
       </c>
     </row>
     <row r="1285">
       <c r="A1285" s="2568" t="s">
-        <v>1372</v>
+        <v>1394</v>
       </c>
       <c r="B1285" s="2569" t="s">
         <v>1400</v>
       </c>
     </row>
     <row r="1286">
       <c r="A1286" s="2570" t="s">
-        <v>1372</v>
+        <v>1394</v>
       </c>
       <c r="B1286" s="2571" t="s">
         <v>1401</v>
       </c>
     </row>
     <row r="1287">
       <c r="A1287" s="2572" t="s">
-        <v>1372</v>
+        <v>1394</v>
       </c>
       <c r="B1287" s="2573" t="s">
         <v>1402</v>
       </c>
     </row>
     <row r="1288">
       <c r="A1288" s="2574" t="s">
-        <v>1372</v>
+        <v>1394</v>
       </c>
       <c r="B1288" s="2575" t="s">
         <v>1403</v>
       </c>
     </row>
     <row r="1289">
       <c r="A1289" s="2576" t="s">
-        <v>1372</v>
+        <v>1394</v>
       </c>
       <c r="B1289" s="2577" t="s">
         <v>1404</v>
       </c>
     </row>
     <row r="1290">
       <c r="A1290" s="2578" t="s">
-        <v>1372</v>
+        <v>1394</v>
       </c>
       <c r="B1290" s="2579" t="s">
         <v>1405</v>
       </c>
     </row>
     <row r="1291">
       <c r="A1291" s="2580" t="s">
-        <v>1372</v>
+        <v>1394</v>
       </c>
       <c r="B1291" s="2581" t="s">
         <v>1406</v>
       </c>
     </row>
     <row r="1292">
       <c r="A1292" s="2582" t="s">
-        <v>1372</v>
+        <v>1394</v>
       </c>
       <c r="B1292" s="2583" t="s">
         <v>1407</v>
       </c>
     </row>
     <row r="1293">
       <c r="A1293" s="2584" t="s">
-        <v>1372</v>
+        <v>1394</v>
       </c>
       <c r="B1293" s="2585" t="s">
         <v>1408</v>
       </c>
     </row>
     <row r="1294">
       <c r="A1294" s="2586" t="s">
-        <v>1372</v>
+        <v>1409</v>
       </c>
       <c r="B1294" s="2587" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="1295">
       <c r="A1295" s="2588" t="s">
-        <v>1372</v>
+        <v>1409</v>
       </c>
       <c r="B1295" s="2589" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="1296">
       <c r="A1296" s="2590" t="s">
-        <v>1372</v>
+        <v>1409</v>
       </c>
       <c r="B1296" s="2591" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="1297">
       <c r="A1297" s="2592" t="s">
-        <v>1372</v>
+        <v>1409</v>
       </c>
       <c r="B1297" s="2593" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="1298">
       <c r="A1298" s="2594" t="s">
-        <v>1372</v>
+        <v>1409</v>
       </c>
       <c r="B1298" s="2595" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="1299">
       <c r="A1299" s="2596" t="s">
-        <v>1372</v>
+        <v>1409</v>
       </c>
       <c r="B1299" s="2597" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="1300">
       <c r="A1300" s="2598" t="s">
-        <v>1415</v>
+        <v>1409</v>
       </c>
       <c r="B1300" s="2599" t="s">
         <v>1416</v>
       </c>
     </row>
     <row r="1301">
       <c r="A1301" s="2600" t="s">
-        <v>1415</v>
+        <v>1409</v>
       </c>
       <c r="B1301" s="2601" t="s">
         <v>1417</v>
       </c>
     </row>
     <row r="1302">
       <c r="A1302" s="2602" t="s">
-        <v>1415</v>
+        <v>1409</v>
       </c>
       <c r="B1302" s="2603" t="s">
         <v>1418</v>
       </c>
     </row>
     <row r="1303">
       <c r="A1303" s="2604" t="s">
-        <v>1415</v>
+        <v>1409</v>
       </c>
       <c r="B1303" s="2605" t="s">
         <v>1419</v>
       </c>
     </row>
     <row r="1304">
       <c r="A1304" s="2606" t="s">
-        <v>1415</v>
+        <v>1409</v>
       </c>
       <c r="B1304" s="2607" t="s">
         <v>1420</v>
       </c>
     </row>
     <row r="1305">
       <c r="A1305" s="2608" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B1305" s="2609" t="s">
         <v>1421</v>
-      </c>
-[...1 lines deleted...]
-        <v>1422</v>
       </c>
     </row>
     <row r="1306">
       <c r="A1306" s="2610" t="s">
-        <v>1421</v>
+        <v>1409</v>
       </c>
       <c r="B1306" s="2611" t="s">
-        <v>1423</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="1307">
       <c r="A1307" s="2612" t="s">
-        <v>1421</v>
+        <v>1409</v>
       </c>
       <c r="B1307" s="2613" t="s">
-        <v>1424</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="1308">
       <c r="A1308" s="2614" t="s">
-        <v>1421</v>
+        <v>1409</v>
       </c>
       <c r="B1308" s="2615" t="s">
-        <v>1425</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="1309">
       <c r="A1309" s="2616" t="s">
-        <v>1421</v>
+        <v>1409</v>
       </c>
       <c r="B1309" s="2617" t="s">
-        <v>1426</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="1310">
       <c r="A1310" s="2618" t="s">
-        <v>1421</v>
+        <v>1409</v>
       </c>
       <c r="B1310" s="2619" t="s">
-        <v>1427</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="1311">
       <c r="A1311" s="2620" t="s">
-        <v>1421</v>
+        <v>1409</v>
       </c>
       <c r="B1311" s="2621" t="s">
-        <v>1428</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="1312">
       <c r="A1312" s="2622" t="s">
-        <v>1421</v>
+        <v>1409</v>
       </c>
       <c r="B1312" s="2623" t="s">
-        <v>1429</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="1313">
       <c r="A1313" s="2624" t="s">
-        <v>1421</v>
+        <v>1409</v>
       </c>
       <c r="B1313" s="2625" t="s">
-        <v>1430</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="1314">
       <c r="A1314" s="2626" t="s">
-        <v>1421</v>
+        <v>1430</v>
       </c>
       <c r="B1314" s="2627" t="s">
         <v>1431</v>
       </c>
     </row>
     <row r="1315">
       <c r="A1315" s="2628" t="s">
-        <v>1421</v>
+        <v>1430</v>
       </c>
       <c r="B1315" s="2629" t="s">
         <v>1432</v>
       </c>
     </row>
     <row r="1316">
       <c r="A1316" s="2630" t="s">
-        <v>1421</v>
+        <v>1430</v>
       </c>
       <c r="B1316" s="2631" t="s">
         <v>1433</v>
       </c>
     </row>
     <row r="1317">
       <c r="A1317" s="2632" t="s">
-        <v>1421</v>
+        <v>1430</v>
       </c>
       <c r="B1317" s="2633" t="s">
         <v>1434</v>
       </c>
     </row>
     <row r="1318">
       <c r="A1318" s="2634" t="s">
-        <v>1421</v>
+        <v>1430</v>
       </c>
       <c r="B1318" s="2635" t="s">
         <v>1435</v>
       </c>
     </row>
     <row r="1319">
       <c r="A1319" s="2636" t="s">
-        <v>1421</v>
+        <v>1430</v>
       </c>
       <c r="B1319" s="2637" t="s">
         <v>1436</v>
       </c>
     </row>
     <row r="1320">
       <c r="A1320" s="2638" t="s">
-        <v>1421</v>
+        <v>1430</v>
       </c>
       <c r="B1320" s="2639" t="s">
         <v>1437</v>
       </c>
     </row>
     <row r="1321">
       <c r="A1321" s="2640" t="s">
-        <v>1421</v>
+        <v>1430</v>
       </c>
       <c r="B1321" s="2641" t="s">
         <v>1438</v>
       </c>
     </row>
     <row r="1322">
       <c r="A1322" s="2642" t="s">
-        <v>1421</v>
+        <v>1439</v>
       </c>
       <c r="B1322" s="2643" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="1323">
       <c r="A1323" s="2644" t="s">
-        <v>1421</v>
+        <v>1439</v>
       </c>
       <c r="B1323" s="2645" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="1324">
       <c r="A1324" s="2646" t="s">
-        <v>1421</v>
+        <v>1439</v>
       </c>
       <c r="B1324" s="2647" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="1325">
       <c r="A1325" s="2648" t="s">
-        <v>1421</v>
+        <v>1439</v>
       </c>
       <c r="B1325" s="2649" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="1326">
       <c r="A1326" s="2650" t="s">
-        <v>1421</v>
+        <v>1444</v>
       </c>
       <c r="B1326" s="2651" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="1327">
       <c r="A1327" s="2652" t="s">
-        <v>1421</v>
+        <v>1444</v>
       </c>
       <c r="B1327" s="2653" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="1328">
       <c r="A1328" s="2654" t="s">
-        <v>1421</v>
+        <v>1444</v>
       </c>
       <c r="B1328" s="2655" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="1329">
       <c r="A1329" s="2656" t="s">
-        <v>1421</v>
+        <v>1444</v>
       </c>
       <c r="B1329" s="2657" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="1330">
       <c r="A1330" s="2658" t="s">
-        <v>1421</v>
+        <v>1444</v>
       </c>
       <c r="B1330" s="2659" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="1331">
       <c r="A1331" s="2660" t="s">
-        <v>1421</v>
+        <v>1444</v>
       </c>
       <c r="B1331" s="2661" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="1332">
       <c r="A1332" s="2662" t="s">
-        <v>1421</v>
+        <v>1444</v>
       </c>
       <c r="B1332" s="2663" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="1333">
       <c r="A1333" s="2664" t="s">
-        <v>1421</v>
+        <v>1444</v>
       </c>
       <c r="B1333" s="2665" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="1334">
       <c r="A1334" s="2666" t="s">
-        <v>1421</v>
+        <v>1444</v>
       </c>
       <c r="B1334" s="2667" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="1335">
       <c r="A1335" s="2668" t="s">
-        <v>1421</v>
+        <v>1454</v>
       </c>
       <c r="B1335" s="2669" t="s">
-        <v>1452</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="1336">
       <c r="A1336" s="2670" t="s">
-        <v>1421</v>
+        <v>1456</v>
       </c>
       <c r="B1336" s="2671" t="s">
-        <v>1453</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="1337">
       <c r="A1337" s="2672" t="s">
-        <v>1421</v>
+        <v>1458</v>
       </c>
       <c r="B1337" s="2673" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="1338">
       <c r="A1338" s="2674" t="s">
-        <v>1421</v>
+        <v>1458</v>
       </c>
       <c r="B1338" s="2675" t="s">
-        <v>1455</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="1339">
       <c r="A1339" s="2676" t="s">
-        <v>1421</v>
+        <v>1458</v>
       </c>
       <c r="B1339" s="2677" t="s">
-        <v>1456</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="1340">
       <c r="A1340" s="2678" t="s">
-        <v>1421</v>
+        <v>1458</v>
       </c>
       <c r="B1340" s="2679" t="s">
-        <v>1457</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="1341">
       <c r="A1341" s="2680" t="s">
-        <v>1421</v>
+        <v>1458</v>
       </c>
       <c r="B1341" s="2681" t="s">
-        <v>1458</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="1342">
       <c r="A1342" s="2682" t="s">
-        <v>1421</v>
+        <v>1458</v>
       </c>
       <c r="B1342" s="2683" t="s">
-        <v>1459</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="1343">
       <c r="A1343" s="2684" t="s">
-        <v>1421</v>
+        <v>1458</v>
       </c>
       <c r="B1343" s="2685" t="s">
-        <v>1460</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="1344">
       <c r="A1344" s="2686" t="s">
-        <v>1421</v>
+        <v>1458</v>
       </c>
       <c r="B1344" s="2687" t="s">
-        <v>1461</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="1345">
       <c r="A1345" s="2688" t="s">
-        <v>1421</v>
+        <v>1467</v>
       </c>
       <c r="B1345" s="2689" t="s">
-        <v>1462</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="1346">
       <c r="A1346" s="2690" t="s">
-        <v>1421</v>
+        <v>1469</v>
       </c>
       <c r="B1346" s="2691" t="s">
-        <v>1463</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="1347">
       <c r="A1347" s="2692" t="s">
-        <v>1421</v>
+        <v>1471</v>
       </c>
       <c r="B1347" s="2693" t="s">
-        <v>1464</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="1348">
       <c r="A1348" s="2694" t="s">
-        <v>1421</v>
+        <v>1471</v>
       </c>
       <c r="B1348" s="2695" t="s">
-        <v>1465</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="1349">
       <c r="A1349" s="2696" t="s">
-        <v>1421</v>
+        <v>1471</v>
       </c>
       <c r="B1349" s="2697" t="s">
-        <v>1466</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="1350">
       <c r="A1350" s="2698" t="s">
-        <v>1421</v>
+        <v>1471</v>
       </c>
       <c r="B1350" s="2699" t="s">
-        <v>1467</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="1351">
       <c r="A1351" s="2700" t="s">
-        <v>1421</v>
+        <v>1471</v>
       </c>
       <c r="B1351" s="2701" t="s">
-        <v>1468</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="1352">
       <c r="A1352" s="2702" t="s">
-        <v>1421</v>
+        <v>1471</v>
       </c>
       <c r="B1352" s="2703" t="s">
-        <v>1469</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="1353">
       <c r="A1353" s="2704" t="s">
-        <v>1421</v>
+        <v>1471</v>
       </c>
       <c r="B1353" s="2705" t="s">
-        <v>1470</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="1354">
       <c r="A1354" s="2706" t="s">
-        <v>1421</v>
+        <v>1471</v>
       </c>
       <c r="B1354" s="2707" t="s">
-        <v>1471</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="1355">
       <c r="A1355" s="2708" t="s">
-        <v>1421</v>
+        <v>1471</v>
       </c>
       <c r="B1355" s="2709" t="s">
-        <v>1472</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="1356">
       <c r="A1356" s="2710" t="s">
-        <v>1421</v>
+        <v>1471</v>
       </c>
       <c r="B1356" s="2711" t="s">
-        <v>1473</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="1357">
       <c r="A1357" s="2712" t="s">
-        <v>1474</v>
+        <v>1471</v>
       </c>
       <c r="B1357" s="2713" t="s">
-        <v>1475</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="1358">
       <c r="A1358" s="2714" t="s">
-        <v>1474</v>
+        <v>1471</v>
       </c>
       <c r="B1358" s="2715" t="s">
-        <v>1476</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="1359">
       <c r="A1359" s="2716" t="s">
-        <v>1474</v>
+        <v>1471</v>
       </c>
       <c r="B1359" s="2717" t="s">
-        <v>1477</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="1360">
       <c r="A1360" s="2718" t="s">
-        <v>1474</v>
+        <v>1471</v>
       </c>
       <c r="B1360" s="2719" t="s">
-        <v>1478</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="1361">
       <c r="A1361" s="2720" t="s">
-        <v>1474</v>
+        <v>1471</v>
       </c>
       <c r="B1361" s="2721" t="s">
-        <v>1479</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="1362">
       <c r="A1362" s="2722" t="s">
-        <v>1474</v>
+        <v>1471</v>
       </c>
       <c r="B1362" s="2723" t="s">
-        <v>1480</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="1363">
       <c r="A1363" s="2724" t="s">
-        <v>1474</v>
+        <v>1471</v>
       </c>
       <c r="B1363" s="2725" t="s">
-        <v>1481</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="1364">
       <c r="A1364" s="2726" t="s">
-        <v>1474</v>
+        <v>1471</v>
       </c>
       <c r="B1364" s="2727" t="s">
-        <v>1482</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="1365">
       <c r="A1365" s="2728" t="s">
-        <v>1474</v>
+        <v>1471</v>
       </c>
       <c r="B1365" s="2729" t="s">
-        <v>1483</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="1366">
       <c r="A1366" s="2730" t="s">
-        <v>1474</v>
+        <v>1471</v>
       </c>
       <c r="B1366" s="2731" t="s">
-        <v>1484</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="1367">
       <c r="A1367" s="2732" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1367" s="2733" t="s">
-        <v>1486</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="1368">
       <c r="A1368" s="2734" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1368" s="2735" t="s">
-        <v>1487</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="1369">
       <c r="A1369" s="2736" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1369" s="2737" t="s">
-        <v>1488</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="1370">
       <c r="A1370" s="2738" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1370" s="2739" t="s">
-        <v>1489</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="1371">
       <c r="A1371" s="2740" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1371" s="2741" t="s">
-        <v>1490</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="1372">
       <c r="A1372" s="2742" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1372" s="2743" t="s">
-        <v>1491</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="1373">
       <c r="A1373" s="2744" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1373" s="2745" t="s">
-        <v>1492</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="1374">
       <c r="A1374" s="2746" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1374" s="2747" t="s">
-        <v>1493</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="1375">
       <c r="A1375" s="2748" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1375" s="2749" t="s">
-        <v>1494</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="1376">
       <c r="A1376" s="2750" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1376" s="2751" t="s">
-        <v>1495</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="1377">
       <c r="A1377" s="2752" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1377" s="2753" t="s">
-        <v>1496</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="1378">
       <c r="A1378" s="2754" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1378" s="2755" t="s">
-        <v>1497</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="1379">
       <c r="A1379" s="2756" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1379" s="2757" t="s">
-        <v>1498</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="1380">
       <c r="A1380" s="2758" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1380" s="2759" t="s">
-        <v>1499</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="1381">
       <c r="A1381" s="2760" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1381" s="2761" t="s">
-        <v>1500</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="1382">
       <c r="A1382" s="2762" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1382" s="2763" t="s">
-        <v>1501</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="1383">
       <c r="A1383" s="2764" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1383" s="2765" t="s">
-        <v>1502</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="1384">
       <c r="A1384" s="2766" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1384" s="2767" t="s">
-        <v>1503</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="1385">
       <c r="A1385" s="2768" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1385" s="2769" t="s">
-        <v>1504</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="1386">
       <c r="A1386" s="2770" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1386" s="2771" t="s">
-        <v>1505</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="1387">
       <c r="A1387" s="2772" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1387" s="2773" t="s">
-        <v>1506</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="1388">
       <c r="A1388" s="2774" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="B1388" s="2775" t="s">
-        <v>1507</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="1389">
       <c r="A1389" s="2776" t="s">
-        <v>1485</v>
+        <v>1514</v>
       </c>
       <c r="B1389" s="2777" t="s">
-        <v>1508</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="1390">
       <c r="A1390" s="2778" t="s">
-        <v>1485</v>
+        <v>1514</v>
       </c>
       <c r="B1390" s="2779" t="s">
-        <v>1509</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="1391">
       <c r="A1391" s="2780" t="s">
-        <v>1485</v>
+        <v>1514</v>
       </c>
       <c r="B1391" s="2781" t="s">
-        <v>1510</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="1392">
       <c r="A1392" s="2782" t="s">
-        <v>1485</v>
+        <v>1514</v>
       </c>
       <c r="B1392" s="2783" t="s">
-        <v>1511</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="1393">
       <c r="A1393" s="2784" t="s">
-        <v>1485</v>
+        <v>1514</v>
       </c>
       <c r="B1393" s="2785" t="s">
-        <v>1512</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="1394">
       <c r="A1394" s="2786" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1394" s="2787" t="s">
-        <v>1513</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="1395">
       <c r="A1395" s="2788" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1395" s="2789" t="s">
-        <v>1514</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="1396">
       <c r="A1396" s="2790" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1396" s="2791" t="s">
-        <v>1515</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="1397">
       <c r="A1397" s="2792" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1397" s="2793" t="s">
-        <v>1516</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="1398">
       <c r="A1398" s="2794" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1398" s="2795" t="s">
-        <v>1517</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="1399">
       <c r="A1399" s="2796" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1399" s="2797" t="s">
-        <v>1518</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="1400">
       <c r="A1400" s="2798" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1400" s="2799" t="s">
-        <v>1519</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="1401">
       <c r="A1401" s="2800" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1401" s="2801" t="s">
-        <v>1520</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="1402">
       <c r="A1402" s="2802" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1402" s="2803" t="s">
-        <v>1521</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="1403">
       <c r="A1403" s="2804" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1403" s="2805" t="s">
-        <v>1522</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="1404">
       <c r="A1404" s="2806" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1404" s="2807" t="s">
-        <v>1523</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="1405">
       <c r="A1405" s="2808" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1405" s="2809" t="s">
-        <v>1524</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="1406">
       <c r="A1406" s="2810" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1406" s="2811" t="s">
-        <v>1525</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="1407">
       <c r="A1407" s="2812" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1407" s="2813" t="s">
-        <v>1526</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="1408">
       <c r="A1408" s="2814" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1408" s="2815" t="s">
-        <v>1527</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="1409">
       <c r="A1409" s="2816" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1409" s="2817" t="s">
-        <v>1528</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="1410">
       <c r="A1410" s="2818" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1410" s="2819" t="s">
-        <v>1529</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="1411">
       <c r="A1411" s="2820" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1411" s="2821" t="s">
-        <v>1530</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="1412">
       <c r="A1412" s="2822" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1412" s="2823" t="s">
-        <v>1531</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="1413">
       <c r="A1413" s="2824" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1413" s="2825" t="s">
-        <v>1532</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="1414">
       <c r="A1414" s="2826" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1414" s="2827" t="s">
-        <v>1533</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="1415">
       <c r="A1415" s="2828" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1415" s="2829" t="s">
-        <v>1534</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="1416">
       <c r="A1416" s="2830" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1416" s="2831" t="s">
-        <v>1535</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="1417">
       <c r="A1417" s="2832" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1417" s="2833" t="s">
-        <v>1536</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="1418">
       <c r="A1418" s="2834" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1418" s="2835" t="s">
-        <v>1537</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="1419">
       <c r="A1419" s="2836" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1419" s="2837" t="s">
-        <v>1538</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="1420">
       <c r="A1420" s="2838" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1420" s="2839" t="s">
-        <v>1539</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="1421">
       <c r="A1421" s="2840" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1421" s="2841" t="s">
-        <v>1540</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="1422">
       <c r="A1422" s="2842" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1422" s="2843" t="s">
-        <v>1541</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="1423">
       <c r="A1423" s="2844" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1423" s="2845" t="s">
-        <v>1542</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="1424">
       <c r="A1424" s="2846" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1424" s="2847" t="s">
-        <v>1543</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="1425">
       <c r="A1425" s="2848" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1425" s="2849" t="s">
-        <v>1544</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="1426">
       <c r="A1426" s="2850" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1426" s="2851" t="s">
-        <v>1545</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="1427">
       <c r="A1427" s="2852" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1427" s="2853" t="s">
-        <v>1546</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="1428">
       <c r="A1428" s="2854" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1428" s="2855" t="s">
-        <v>1547</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="1429">
       <c r="A1429" s="2856" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1429" s="2857" t="s">
-        <v>1548</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="1430">
       <c r="A1430" s="2858" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1430" s="2859" t="s">
-        <v>1549</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="1431">
       <c r="A1431" s="2860" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1431" s="2861" t="s">
-        <v>1550</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="1432">
       <c r="A1432" s="2862" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1432" s="2863" t="s">
-        <v>1551</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="1433">
       <c r="A1433" s="2864" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1433" s="2865" t="s">
-        <v>1552</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="1434">
       <c r="A1434" s="2866" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1434" s="2867" t="s">
-        <v>1553</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="1435">
       <c r="A1435" s="2868" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1435" s="2869" t="s">
-        <v>1554</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="1436">
       <c r="A1436" s="2870" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1436" s="2871" t="s">
-        <v>1555</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="1437">
       <c r="A1437" s="2872" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1437" s="2873" t="s">
-        <v>1556</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="1438">
       <c r="A1438" s="2874" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1438" s="2875" t="s">
-        <v>1557</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="1439">
       <c r="A1439" s="2876" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1439" s="2877" t="s">
-        <v>1558</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="1440">
       <c r="A1440" s="2878" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1440" s="2879" t="s">
-        <v>1559</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="1441">
       <c r="A1441" s="2880" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1441" s="2881" t="s">
-        <v>1560</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="1442">
       <c r="A1442" s="2882" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1442" s="2883" t="s">
-        <v>1561</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="1443">
       <c r="A1443" s="2884" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1443" s="2885" t="s">
-        <v>1562</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="1444">
       <c r="A1444" s="2886" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1444" s="2887" t="s">
-        <v>1563</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="1445">
       <c r="A1445" s="2888" t="s">
-        <v>1485</v>
+        <v>1520</v>
       </c>
       <c r="B1445" s="2889" t="s">
-        <v>1564</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="1446">
       <c r="A1446" s="2890" t="s">
-        <v>1485</v>
+        <v>1573</v>
       </c>
       <c r="B1446" s="2891" t="s">
-        <v>1565</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="1447">
       <c r="A1447" s="2892" t="s">
-        <v>1485</v>
+        <v>1573</v>
       </c>
       <c r="B1447" s="2893" t="s">
-        <v>1566</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="1448">
       <c r="A1448" s="2894" t="s">
-        <v>1485</v>
+        <v>1573</v>
       </c>
       <c r="B1448" s="2895" t="s">
-        <v>1567</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="1449">
       <c r="A1449" s="2896" t="s">
-        <v>1485</v>
+        <v>1573</v>
       </c>
       <c r="B1449" s="2897" t="s">
-        <v>1568</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="1450">
       <c r="A1450" s="2898" t="s">
-        <v>1485</v>
+        <v>1573</v>
       </c>
       <c r="B1450" s="2899" t="s">
-        <v>1569</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="1451">
       <c r="A1451" s="2900" t="s">
-        <v>1485</v>
+        <v>1573</v>
       </c>
       <c r="B1451" s="2901" t="s">
-        <v>1570</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="1452">
       <c r="A1452" s="2902" t="s">
-        <v>1485</v>
+        <v>1573</v>
       </c>
       <c r="B1452" s="2903" t="s">
-        <v>1571</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="1453">
       <c r="A1453" s="2904" t="s">
-        <v>1485</v>
+        <v>1573</v>
       </c>
       <c r="B1453" s="2905" t="s">
-        <v>1572</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="1454">
       <c r="A1454" s="2906" t="s">
-        <v>1485</v>
+        <v>1573</v>
       </c>
       <c r="B1454" s="2907" t="s">
-        <v>1573</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="1455">
       <c r="A1455" s="2908" t="s">
-        <v>1485</v>
+        <v>1573</v>
       </c>
       <c r="B1455" s="2909" t="s">
-        <v>1574</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="1456">
       <c r="A1456" s="2910" t="s">
-        <v>1485</v>
+        <v>1584</v>
       </c>
       <c r="B1456" s="2911" t="s">
-        <v>1575</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="1457">
       <c r="A1457" s="2912" t="s">
-        <v>1485</v>
+        <v>1584</v>
       </c>
       <c r="B1457" s="2913" t="s">
-        <v>1576</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="1458">
       <c r="A1458" s="2914" t="s">
-        <v>1485</v>
+        <v>1584</v>
       </c>
       <c r="B1458" s="2915" t="s">
-        <v>1577</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="1459">
       <c r="A1459" s="2916" t="s">
-        <v>1485</v>
+        <v>1584</v>
       </c>
       <c r="B1459" s="2917" t="s">
-        <v>1578</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="1460">
       <c r="A1460" s="2918" t="s">
-        <v>1485</v>
+        <v>1584</v>
       </c>
       <c r="B1460" s="2919" t="s">
-        <v>1579</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="1461">
       <c r="A1461" s="2920" t="s">
-        <v>1485</v>
+        <v>1584</v>
       </c>
       <c r="B1461" s="2921" t="s">
-        <v>1580</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="1462">
       <c r="A1462" s="2922" t="s">
-        <v>1485</v>
+        <v>1584</v>
       </c>
       <c r="B1462" s="2923" t="s">
-        <v>1581</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="1463">
       <c r="A1463" s="2924" t="s">
-        <v>1485</v>
+        <v>1584</v>
       </c>
       <c r="B1463" s="2925" t="s">
-        <v>1582</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="1464">
       <c r="A1464" s="2926" t="s">
-        <v>1485</v>
+        <v>1584</v>
       </c>
       <c r="B1464" s="2927" t="s">
-        <v>1583</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="1465">
       <c r="A1465" s="2928" t="s">
-        <v>1485</v>
+        <v>1584</v>
       </c>
       <c r="B1465" s="2929" t="s">
-        <v>1584</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="1466">
       <c r="A1466" s="2930" t="s">
-        <v>1485</v>
+        <v>1584</v>
       </c>
       <c r="B1466" s="2931" t="s">
-        <v>1585</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="1467">
       <c r="A1467" s="2932" t="s">
-        <v>1485</v>
+        <v>1584</v>
       </c>
       <c r="B1467" s="2933" t="s">
-        <v>1586</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="1468">
       <c r="A1468" s="2934" t="s">
-        <v>1485</v>
+        <v>1584</v>
       </c>
       <c r="B1468" s="2935" t="s">
-        <v>1587</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="1469">
       <c r="A1469" s="2936" t="s">
-        <v>1485</v>
+        <v>1584</v>
       </c>
       <c r="B1469" s="2937" t="s">
-        <v>1588</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="1470">
       <c r="A1470" s="2938" t="s">
-        <v>1485</v>
+        <v>1584</v>
       </c>
       <c r="B1470" s="2939" t="s">
-        <v>1589</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="1471">
       <c r="A1471" s="2940" t="s">
-        <v>1485</v>
+        <v>1584</v>
       </c>
       <c r="B1471" s="2941" t="s">
-        <v>1590</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="1472">
       <c r="A1472" s="2942" t="s">
-        <v>1485</v>
+        <v>1584</v>
       </c>
       <c r="B1472" s="2943" t="s">
-        <v>1591</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="1473">
       <c r="A1473" s="2944" t="s">
-        <v>1485</v>
+        <v>1584</v>
       </c>
       <c r="B1473" s="2945" t="s">
-        <v>1592</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="1474">
       <c r="A1474" s="2946" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1474" s="2947" t="s">
-        <v>1594</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="1475">
       <c r="A1475" s="2948" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1475" s="2949" t="s">
-        <v>1595</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="1476">
       <c r="A1476" s="2950" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1476" s="2951" t="s">
-        <v>1596</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="1477">
       <c r="A1477" s="2952" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1477" s="2953" t="s">
-        <v>1597</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="1478">
       <c r="A1478" s="2954" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1478" s="2955" t="s">
-        <v>1598</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="1479">
       <c r="A1479" s="2956" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1479" s="2957" t="s">
-        <v>1599</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="1480">
       <c r="A1480" s="2958" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1480" s="2959" t="s">
-        <v>1600</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="1481">
       <c r="A1481" s="2960" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1481" s="2961" t="s">
-        <v>1601</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="1482">
       <c r="A1482" s="2962" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1482" s="2963" t="s">
-        <v>1602</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="1483">
       <c r="A1483" s="2964" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1483" s="2965" t="s">
-        <v>1603</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="1484">
       <c r="A1484" s="2966" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1484" s="2967" t="s">
-        <v>1604</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="1485">
       <c r="A1485" s="2968" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1485" s="2969" t="s">
-        <v>1605</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="1486">
       <c r="A1486" s="2970" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1486" s="2971" t="s">
-        <v>1606</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="1487">
       <c r="A1487" s="2972" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1487" s="2973" t="s">
-        <v>1607</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="1488">
       <c r="A1488" s="2974" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1488" s="2975" t="s">
-        <v>1608</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="1489">
       <c r="A1489" s="2976" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1489" s="2977" t="s">
-        <v>1609</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="1490">
       <c r="A1490" s="2978" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1490" s="2979" t="s">
-        <v>1610</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="1491">
       <c r="A1491" s="2980" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1491" s="2981" t="s">
-        <v>1611</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="1492">
       <c r="A1492" s="2982" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1492" s="2983" t="s">
-        <v>1612</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="1493">
       <c r="A1493" s="2984" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1493" s="2985" t="s">
-        <v>1613</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="1494">
       <c r="A1494" s="2986" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1494" s="2987" t="s">
-        <v>1614</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="1495">
       <c r="A1495" s="2988" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1495" s="2989" t="s">
-        <v>1615</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="1496">
       <c r="A1496" s="2990" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1496" s="2991" t="s">
-        <v>1616</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="1497">
       <c r="A1497" s="2992" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1497" s="2993" t="s">
-        <v>1617</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="1498">
       <c r="A1498" s="2994" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1498" s="2995" t="s">
-        <v>1618</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="1499">
       <c r="A1499" s="2996" t="s">
-        <v>1593</v>
+        <v>1584</v>
       </c>
       <c r="B1499" s="2997" t="s">
-        <v>1619</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="1500">
       <c r="A1500" s="2998" t="s">
-        <v>1620</v>
+        <v>1584</v>
       </c>
       <c r="B1500" s="2999" t="s">
-        <v>1621</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="1501">
       <c r="A1501" s="3000" t="s">
-        <v>1620</v>
+        <v>1584</v>
       </c>
       <c r="B1501" s="3001" t="s">
-        <v>1622</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="1502">
       <c r="A1502" s="3002" t="s">
-        <v>1620</v>
+        <v>1584</v>
       </c>
       <c r="B1502" s="3003" t="s">
-        <v>1623</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="1503">
       <c r="A1503" s="3004" t="s">
-        <v>1620</v>
+        <v>1584</v>
       </c>
       <c r="B1503" s="3005" t="s">
-        <v>1624</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="1504">
       <c r="A1504" s="3006" t="s">
-        <v>1620</v>
+        <v>1584</v>
       </c>
       <c r="B1504" s="3007" t="s">
-        <v>1625</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="1505">
       <c r="A1505" s="3008" t="s">
-        <v>1620</v>
+        <v>1584</v>
       </c>
       <c r="B1505" s="3009" t="s">
-        <v>1626</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="1506">
       <c r="A1506" s="3010" t="s">
-        <v>1620</v>
+        <v>1584</v>
       </c>
       <c r="B1506" s="3011" t="s">
-        <v>1627</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="1507">
       <c r="A1507" s="3012" t="s">
-        <v>1620</v>
+        <v>1584</v>
       </c>
       <c r="B1507" s="3013" t="s">
-        <v>1628</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="1508">
       <c r="A1508" s="3014" t="s">
-        <v>1620</v>
+        <v>1584</v>
       </c>
       <c r="B1508" s="3015" t="s">
-        <v>1629</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="1509">
       <c r="A1509" s="3016" t="s">
-        <v>1620</v>
+        <v>1584</v>
       </c>
       <c r="B1509" s="3017" t="s">
-        <v>1630</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="1510">
       <c r="A1510" s="3018" t="s">
-        <v>1620</v>
+        <v>1584</v>
       </c>
       <c r="B1510" s="3019" t="s">
-        <v>1631</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="1511">
       <c r="A1511" s="3020" t="s">
-        <v>1620</v>
+        <v>1584</v>
       </c>
       <c r="B1511" s="3021" t="s">
-        <v>1632</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="1512">
       <c r="A1512" s="3022" t="s">
-        <v>1620</v>
+        <v>1584</v>
       </c>
       <c r="B1512" s="3023" t="s">
-        <v>1633</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="1513">
       <c r="A1513" s="3024" t="s">
-        <v>1620</v>
+        <v>1584</v>
       </c>
       <c r="B1513" s="3025" t="s">
-        <v>1634</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="1514">
       <c r="A1514" s="3026" t="s">
-        <v>1620</v>
+        <v>1584</v>
       </c>
       <c r="B1514" s="3027" t="s">
-        <v>1635</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="1515">
       <c r="A1515" s="3028" t="s">
-        <v>1620</v>
+        <v>1584</v>
       </c>
       <c r="B1515" s="3029" t="s">
-        <v>1636</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="1516">
       <c r="A1516" s="3030" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1516" s="3031" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="1517">
       <c r="A1517" s="3032" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1517" s="3033" t="s">
-        <v>1639</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="1518">
       <c r="A1518" s="3034" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1518" s="3035" t="s">
-        <v>1640</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="1519">
       <c r="A1519" s="3036" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1519" s="3037" t="s">
-        <v>1641</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="1520">
       <c r="A1520" s="3038" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1520" s="3039" t="s">
-        <v>1642</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="1521">
       <c r="A1521" s="3040" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1521" s="3041" t="s">
-        <v>1643</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="1522">
       <c r="A1522" s="3042" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1522" s="3043" t="s">
-        <v>1644</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="1523">
       <c r="A1523" s="3044" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1523" s="3045" t="s">
-        <v>1645</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="1524">
       <c r="A1524" s="3046" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1524" s="3047" t="s">
-        <v>1646</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="1525">
       <c r="A1525" s="3048" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1525" s="3049" t="s">
-        <v>1647</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="1526">
       <c r="A1526" s="3050" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1526" s="3051" t="s">
-        <v>1648</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="1527">
       <c r="A1527" s="3052" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1527" s="3053" t="s">
-        <v>1649</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="1528">
       <c r="A1528" s="3054" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1528" s="3055" t="s">
-        <v>1650</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="1529">
       <c r="A1529" s="3056" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1529" s="3057" t="s">
-        <v>1651</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="1530">
       <c r="A1530" s="3058" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1530" s="3059" t="s">
-        <v>1652</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="1531">
       <c r="A1531" s="3060" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1531" s="3061" t="s">
-        <v>1653</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="1532">
       <c r="A1532" s="3062" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1532" s="3063" t="s">
-        <v>1654</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="1533">
       <c r="A1533" s="3064" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1533" s="3065" t="s">
-        <v>1655</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="1534">
       <c r="A1534" s="3066" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1534" s="3067" t="s">
-        <v>1656</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="1535">
       <c r="A1535" s="3068" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1535" s="3069" t="s">
-        <v>1657</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="1536">
       <c r="A1536" s="3070" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1536" s="3071" t="s">
-        <v>1658</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="1537">
       <c r="A1537" s="3072" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1537" s="3073" t="s">
-        <v>1659</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="1538">
       <c r="A1538" s="3074" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1538" s="3075" t="s">
-        <v>1660</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="1539">
       <c r="A1539" s="3076" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1539" s="3077" t="s">
-        <v>1661</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="1540">
       <c r="A1540" s="3078" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1540" s="3079" t="s">
-        <v>1662</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="1541">
       <c r="A1541" s="3080" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1541" s="3081" t="s">
-        <v>1663</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="1542">
       <c r="A1542" s="3082" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1542" s="3083" t="s">
-        <v>1664</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="1543">
       <c r="A1543" s="3084" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1543" s="3085" t="s">
-        <v>491</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="1544">
       <c r="A1544" s="3086" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1544" s="3087" t="s">
-        <v>1665</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="1545">
       <c r="A1545" s="3088" t="s">
-        <v>1637</v>
+        <v>1584</v>
       </c>
       <c r="B1545" s="3089" t="s">
-        <v>492</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="1546">
       <c r="A1546" s="3090" t="s">
-        <v>1666</v>
+        <v>1584</v>
       </c>
       <c r="B1546" s="3091" t="s">
-        <v>1667</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="1547">
       <c r="A1547" s="3092" t="s">
-        <v>1666</v>
+        <v>1584</v>
       </c>
       <c r="B1547" s="3093" t="s">
-        <v>1668</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="1548">
       <c r="A1548" s="3094" t="s">
-        <v>1666</v>
+        <v>1584</v>
       </c>
       <c r="B1548" s="3095" t="s">
-        <v>1669</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="1549">
       <c r="A1549" s="3096" t="s">
-        <v>1666</v>
+        <v>1584</v>
       </c>
       <c r="B1549" s="3097" t="s">
-        <v>1670</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="1550">
       <c r="A1550" s="3098" t="s">
-        <v>1666</v>
+        <v>1584</v>
       </c>
       <c r="B1550" s="3099" t="s">
-        <v>1671</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="1551">
       <c r="A1551" s="3100" t="s">
-        <v>1666</v>
+        <v>1584</v>
       </c>
       <c r="B1551" s="3101" t="s">
-        <v>1672</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="1552">
       <c r="A1552" s="3102" t="s">
-        <v>1666</v>
+        <v>1584</v>
       </c>
       <c r="B1552" s="3103" t="s">
-        <v>882</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="1553">
       <c r="A1553" s="3104" t="s">
-        <v>1666</v>
+        <v>1584</v>
       </c>
       <c r="B1553" s="3105" t="s">
-        <v>883</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="1554">
       <c r="A1554" s="3106" t="s">
-        <v>1666</v>
+        <v>1584</v>
       </c>
       <c r="B1554" s="3107" t="s">
-        <v>884</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="1555">
       <c r="A1555" s="3108" t="s">
-        <v>1666</v>
+        <v>1584</v>
       </c>
       <c r="B1555" s="3109" t="s">
-        <v>885</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="1556">
       <c r="A1556" s="3110" t="s">
-        <v>1666</v>
+        <v>1584</v>
       </c>
       <c r="B1556" s="3111" t="s">
-        <v>886</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="1557">
       <c r="A1557" s="3112" t="s">
-        <v>1666</v>
+        <v>1584</v>
       </c>
       <c r="B1557" s="3113" t="s">
-        <v>887</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="1558">
       <c r="A1558" s="3114" t="s">
-        <v>1666</v>
+        <v>1584</v>
       </c>
       <c r="B1558" s="3115" t="s">
-        <v>888</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="1559">
       <c r="A1559" s="3116" t="s">
-        <v>1666</v>
+        <v>1584</v>
       </c>
       <c r="B1559" s="3117" t="s">
-        <v>889</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="1560">
       <c r="A1560" s="3118" t="s">
-        <v>1666</v>
+        <v>1584</v>
       </c>
       <c r="B1560" s="3119" t="s">
-        <v>890</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="1561">
       <c r="A1561" s="3120" t="s">
-        <v>1666</v>
+        <v>1584</v>
       </c>
       <c r="B1561" s="3121" t="s">
-        <v>896</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="1562">
       <c r="A1562" s="3122" t="s">
-        <v>1666</v>
+        <v>1584</v>
       </c>
       <c r="B1562" s="3123" t="s">
-        <v>897</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="1563">
       <c r="A1563" s="3124" t="s">
-        <v>1666</v>
+        <v>1692</v>
       </c>
       <c r="B1563" s="3125" t="s">
-        <v>898</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="1564">
       <c r="A1564" s="3126" t="s">
-        <v>1666</v>
+        <v>1692</v>
       </c>
       <c r="B1564" s="3127" t="s">
-        <v>899</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="1565">
       <c r="A1565" s="3128" t="s">
-        <v>1666</v>
+        <v>1692</v>
       </c>
       <c r="B1565" s="3129" t="s">
-        <v>1673</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="1566">
       <c r="A1566" s="3130" t="s">
-        <v>1666</v>
+        <v>1692</v>
       </c>
       <c r="B1566" s="3131" t="s">
-        <v>900</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="1567">
       <c r="A1567" s="3132" t="s">
-        <v>1674</v>
+        <v>1692</v>
       </c>
       <c r="B1567" s="3133" t="s">
-        <v>1675</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="1568">
       <c r="A1568" s="3134" t="s">
-        <v>1674</v>
+        <v>1692</v>
       </c>
       <c r="B1568" s="3135" t="s">
-        <v>1676</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="1569">
       <c r="A1569" s="3136" t="s">
-        <v>1674</v>
+        <v>1692</v>
       </c>
       <c r="B1569" s="3137" t="s">
-        <v>1677</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="1570">
       <c r="A1570" s="3138" t="s">
-        <v>1674</v>
+        <v>1692</v>
       </c>
       <c r="B1570" s="3139" t="s">
-        <v>1678</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="1571">
       <c r="A1571" s="3140" t="s">
-        <v>1674</v>
+        <v>1692</v>
       </c>
       <c r="B1571" s="3141" t="s">
-        <v>1679</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="1572">
       <c r="A1572" s="3142" t="s">
-        <v>1674</v>
+        <v>1692</v>
       </c>
       <c r="B1572" s="3143" t="s">
-        <v>1680</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="1573">
       <c r="A1573" s="3144" t="s">
-        <v>1674</v>
+        <v>1692</v>
       </c>
       <c r="B1573" s="3145" t="s">
-        <v>1681</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="1574">
       <c r="A1574" s="3146" t="s">
-        <v>1674</v>
+        <v>1692</v>
       </c>
       <c r="B1574" s="3147" t="s">
-        <v>1682</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="1575">
       <c r="A1575" s="3148" t="s">
-        <v>1674</v>
+        <v>1692</v>
       </c>
       <c r="B1575" s="3149" t="s">
-        <v>1683</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="1576">
       <c r="A1576" s="3150" t="s">
-        <v>1674</v>
+        <v>1692</v>
       </c>
       <c r="B1576" s="3151" t="s">
-        <v>1684</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="1577">
       <c r="A1577" s="3152" t="s">
-        <v>1674</v>
+        <v>1692</v>
       </c>
       <c r="B1577" s="3153" t="s">
-        <v>1685</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="1578">
       <c r="A1578" s="3154" t="s">
-        <v>1674</v>
+        <v>1692</v>
       </c>
       <c r="B1578" s="3155" t="s">
-        <v>1686</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="1579">
       <c r="A1579" s="3156" t="s">
-        <v>1674</v>
+        <v>1692</v>
       </c>
       <c r="B1579" s="3157" t="s">
-        <v>1687</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="1580">
       <c r="A1580" s="3158" t="s">
-        <v>1674</v>
+        <v>1692</v>
       </c>
       <c r="B1580" s="3159" t="s">
-        <v>1688</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="1581">
       <c r="A1581" s="3160" t="s">
-        <v>1689</v>
+        <v>1692</v>
       </c>
       <c r="B1581" s="3161" t="s">
-        <v>1690</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="1582">
       <c r="A1582" s="3162" t="s">
-        <v>1689</v>
+        <v>1692</v>
       </c>
       <c r="B1582" s="3163" t="s">
-        <v>1691</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="1583">
       <c r="A1583" s="3164" t="s">
-        <v>1689</v>
+        <v>1692</v>
       </c>
       <c r="B1583" s="3165" t="s">
-        <v>1692</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="1584">
       <c r="A1584" s="3166" t="s">
-        <v>1689</v>
+        <v>1692</v>
       </c>
       <c r="B1584" s="3167" t="s">
-        <v>1693</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="1585">
       <c r="A1585" s="3168" t="s">
-        <v>1689</v>
+        <v>1692</v>
       </c>
       <c r="B1585" s="3169" t="s">
-        <v>1694</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="1586">
       <c r="A1586" s="3170" t="s">
-        <v>1695</v>
+        <v>1692</v>
       </c>
       <c r="B1586" s="3171" t="s">
-        <v>1696</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="1587">
       <c r="A1587" s="3172" t="s">
-        <v>1695</v>
+        <v>1692</v>
       </c>
       <c r="B1587" s="3173" t="s">
-        <v>1697</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="1588">
       <c r="A1588" s="3174" t="s">
-        <v>1695</v>
+        <v>1692</v>
       </c>
       <c r="B1588" s="3175" t="s">
-        <v>1698</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="1589">
       <c r="A1589" s="3176" t="s">
-        <v>1695</v>
+        <v>1719</v>
       </c>
       <c r="B1589" s="3177" t="s">
-        <v>1699</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="1590">
       <c r="A1590" s="3178" t="s">
-        <v>1695</v>
+        <v>1719</v>
       </c>
       <c r="B1590" s="3179" t="s">
-        <v>1700</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="1591">
       <c r="A1591" s="3180" t="s">
-        <v>1695</v>
+        <v>1719</v>
       </c>
       <c r="B1591" s="3181" t="s">
-        <v>1701</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="1592">
       <c r="A1592" s="3182" t="s">
-        <v>1695</v>
+        <v>1719</v>
       </c>
       <c r="B1592" s="3183" t="s">
-        <v>1702</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="1593">
       <c r="A1593" s="3184" t="s">
-        <v>1695</v>
+        <v>1719</v>
       </c>
       <c r="B1593" s="3185" t="s">
-        <v>1703</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="1594">
       <c r="A1594" s="3186" t="s">
-        <v>1695</v>
+        <v>1719</v>
       </c>
       <c r="B1594" s="3187" t="s">
-        <v>1704</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="1595">
       <c r="A1595" s="3188" t="s">
-        <v>1695</v>
+        <v>1719</v>
       </c>
       <c r="B1595" s="3189" t="s">
-        <v>1705</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="1596">
       <c r="A1596" s="3190" t="s">
-        <v>1695</v>
+        <v>1719</v>
       </c>
       <c r="B1596" s="3191" t="s">
-        <v>1706</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="1597">
       <c r="A1597" s="3192" t="s">
-        <v>1695</v>
+        <v>1719</v>
       </c>
       <c r="B1597" s="3193" t="s">
-        <v>1707</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="1598">
       <c r="A1598" s="3194" t="s">
-        <v>1695</v>
+        <v>1719</v>
       </c>
       <c r="B1598" s="3195" t="s">
-        <v>1708</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="1599">
       <c r="A1599" s="3196" t="s">
-        <v>1695</v>
+        <v>1719</v>
       </c>
       <c r="B1599" s="3197" t="s">
-        <v>1709</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="1600">
       <c r="A1600" s="3198" t="s">
-        <v>1695</v>
+        <v>1719</v>
       </c>
       <c r="B1600" s="3199" t="s">
-        <v>1710</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="1601">
       <c r="A1601" s="3200" t="s">
-        <v>1695</v>
+        <v>1719</v>
       </c>
       <c r="B1601" s="3201" t="s">
-        <v>1711</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="1602">
       <c r="A1602" s="3202" t="s">
-        <v>1695</v>
+        <v>1719</v>
       </c>
       <c r="B1602" s="3203" t="s">
-        <v>1712</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="1603">
       <c r="A1603" s="3204" t="s">
-        <v>1695</v>
+        <v>1719</v>
       </c>
       <c r="B1603" s="3205" t="s">
-        <v>1713</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="1604">
       <c r="A1604" s="3206" t="s">
-        <v>1695</v>
+        <v>1719</v>
       </c>
       <c r="B1604" s="3207" t="s">
-        <v>1714</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="1605">
       <c r="A1605" s="3208" t="s">
-        <v>1695</v>
+        <v>1736</v>
       </c>
       <c r="B1605" s="3209" t="s">
-        <v>1715</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="1606">
       <c r="A1606" s="3210" t="s">
-        <v>1695</v>
+        <v>1736</v>
       </c>
       <c r="B1606" s="3211" t="s">
-        <v>1716</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="1607">
       <c r="A1607" s="3212" t="s">
-        <v>1695</v>
+        <v>1736</v>
       </c>
       <c r="B1607" s="3213" t="s">
-        <v>1717</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="1608">
       <c r="A1608" s="3214" t="s">
-        <v>1695</v>
+        <v>1736</v>
       </c>
       <c r="B1608" s="3215" t="s">
-        <v>1718</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="1609">
       <c r="A1609" s="3216" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="B1609" s="3217" t="s">
-        <v>1720</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="1610">
       <c r="A1610" s="3218" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="B1610" s="3219" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="1611">
       <c r="A1611" s="3220" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="B1611" s="3221" t="s">
-        <v>1722</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="1612">
       <c r="A1612" s="3222" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="B1612" s="3223" t="s">
-        <v>1723</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="1613">
       <c r="A1613" s="3224" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="B1613" s="3225" t="s">
-        <v>1724</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="1614">
       <c r="A1614" s="3226" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="B1614" s="3227" t="s">
-        <v>1725</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="1615">
       <c r="A1615" s="3228" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="B1615" s="3229" t="s">
-        <v>1726</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="1616">
       <c r="A1616" s="3230" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="B1616" s="3231" t="s">
-        <v>1727</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="1617">
       <c r="A1617" s="3232" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="B1617" s="3233" t="s">
-        <v>1728</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="1618">
       <c r="A1618" s="3234" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="B1618" s="3235" t="s">
-        <v>1729</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="1619">
       <c r="A1619" s="3236" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="B1619" s="3237" t="s">
-        <v>1730</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="1620">
       <c r="A1620" s="3238" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="B1620" s="3239" t="s">
-        <v>1731</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="1621">
       <c r="A1621" s="3240" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="B1621" s="3241" t="s">
-        <v>1732</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="1622">
       <c r="A1622" s="3242" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="B1622" s="3243" t="s">
-        <v>1733</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="1623">
       <c r="A1623" s="3244" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="B1623" s="3245" t="s">
-        <v>1734</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="1624">
       <c r="A1624" s="3246" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="B1624" s="3247" t="s">
-        <v>1735</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="1625">
       <c r="A1625" s="3248" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="B1625" s="3249" t="s">
-        <v>1736</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="1626">
       <c r="A1626" s="3250" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="B1626" s="3251" t="s">
-        <v>1737</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="1627">
       <c r="A1627" s="3252" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="B1627" s="3253" t="s">
-        <v>1738</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="1628">
       <c r="A1628" s="3254" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="B1628" s="3255" t="s">
-        <v>1739</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="1629">
       <c r="A1629" s="3256" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="B1629" s="3257" t="s">
-        <v>1740</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="1630">
       <c r="A1630" s="3258" t="s">
-        <v>1741</v>
+        <v>1736</v>
       </c>
       <c r="B1630" s="3259" t="s">
-        <v>1742</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="1631">
       <c r="A1631" s="3260" t="s">
-        <v>1741</v>
+        <v>1736</v>
       </c>
       <c r="B1631" s="3261" t="s">
-        <v>1743</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="1632">
       <c r="A1632" s="3262" t="s">
-        <v>1741</v>
+        <v>1736</v>
       </c>
       <c r="B1632" s="3263" t="s">
-        <v>1744</v>
+        <v>542</v>
       </c>
     </row>
     <row r="1633">
       <c r="A1633" s="3264" t="s">
-        <v>1741</v>
+        <v>1736</v>
       </c>
       <c r="B1633" s="3265" t="s">
-        <v>1745</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="1634">
       <c r="A1634" s="3266" t="s">
-        <v>1741</v>
+        <v>1736</v>
       </c>
       <c r="B1634" s="3267" t="s">
-        <v>1746</v>
+        <v>543</v>
       </c>
     </row>
     <row r="1635">
       <c r="A1635" s="3268" t="s">
-        <v>1741</v>
+        <v>1765</v>
       </c>
       <c r="B1635" s="3269" t="s">
-        <v>1747</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="1636">
       <c r="A1636" s="3270" t="s">
-        <v>1741</v>
+        <v>1765</v>
       </c>
       <c r="B1636" s="3271" t="s">
-        <v>1748</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="1637">
       <c r="A1637" s="3272" t="s">
-        <v>1741</v>
+        <v>1765</v>
       </c>
       <c r="B1637" s="3273" t="s">
-        <v>1749</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="1638">
       <c r="A1638" s="3274" t="s">
-        <v>1741</v>
+        <v>1765</v>
       </c>
       <c r="B1638" s="3275" t="s">
-        <v>1750</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="1639">
       <c r="A1639" s="3276" t="s">
-        <v>1741</v>
+        <v>1765</v>
       </c>
       <c r="B1639" s="3277" t="s">
-        <v>1751</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="1640">
       <c r="A1640" s="3278" t="s">
-        <v>1741</v>
+        <v>1765</v>
       </c>
       <c r="B1640" s="3279" t="s">
-        <v>1752</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="1641">
       <c r="A1641" s="3280" t="s">
-        <v>1741</v>
+        <v>1765</v>
       </c>
       <c r="B1641" s="3281" t="s">
-        <v>1753</v>
+        <v>944</v>
       </c>
     </row>
     <row r="1642">
       <c r="A1642" s="3282" t="s">
-        <v>1741</v>
+        <v>1765</v>
       </c>
       <c r="B1642" s="3283" t="s">
-        <v>1754</v>
+        <v>945</v>
       </c>
     </row>
     <row r="1643">
       <c r="A1643" s="3284" t="s">
-        <v>1741</v>
+        <v>1765</v>
       </c>
       <c r="B1643" s="3285" t="s">
-        <v>1755</v>
+        <v>946</v>
       </c>
     </row>
     <row r="1644">
       <c r="A1644" s="3286" t="s">
-        <v>1741</v>
+        <v>1765</v>
       </c>
       <c r="B1644" s="3287" t="s">
-        <v>1756</v>
+        <v>947</v>
       </c>
     </row>
     <row r="1645">
       <c r="A1645" s="3288" t="s">
-        <v>1741</v>
+        <v>1765</v>
       </c>
       <c r="B1645" s="3289" t="s">
-        <v>1757</v>
+        <v>948</v>
       </c>
     </row>
     <row r="1646">
       <c r="A1646" s="3290" t="s">
-        <v>1741</v>
+        <v>1765</v>
       </c>
       <c r="B1646" s="3291" t="s">
-        <v>1758</v>
+        <v>949</v>
       </c>
     </row>
     <row r="1647">
       <c r="A1647" s="3292" t="s">
-        <v>1741</v>
+        <v>1765</v>
       </c>
       <c r="B1647" s="3293" t="s">
-        <v>1759</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1648">
       <c r="A1648" s="3294" t="s">
-        <v>1741</v>
+        <v>1765</v>
       </c>
       <c r="B1648" s="3295" t="s">
-        <v>1760</v>
+        <v>951</v>
       </c>
     </row>
     <row r="1649">
       <c r="A1649" s="3296" t="s">
-        <v>1741</v>
+        <v>1765</v>
       </c>
       <c r="B1649" s="3297" t="s">
-        <v>1761</v>
+        <v>952</v>
       </c>
     </row>
     <row r="1650">
       <c r="A1650" s="3298" t="s">
-        <v>1741</v>
+        <v>1765</v>
       </c>
       <c r="B1650" s="3299" t="s">
-        <v>1762</v>
+        <v>974</v>
       </c>
     </row>
     <row r="1651">
       <c r="A1651" s="3300" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="B1651" s="3301" t="s">
-        <v>1764</v>
+        <v>975</v>
       </c>
     </row>
     <row r="1652">
       <c r="A1652" s="3302" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="B1652" s="3303" t="s">
-        <v>1765</v>
+        <v>976</v>
       </c>
     </row>
     <row r="1653">
       <c r="A1653" s="3304" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="B1653" s="3305" t="s">
-        <v>1766</v>
+        <v>977</v>
       </c>
     </row>
     <row r="1654">
       <c r="A1654" s="3306" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="B1654" s="3307" t="s">
-        <v>1767</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="1655">
       <c r="A1655" s="3308" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="B1655" s="3309" t="s">
-        <v>1768</v>
+        <v>978</v>
       </c>
     </row>
     <row r="1656">
       <c r="A1656" s="3310" t="s">
-        <v>1769</v>
+        <v>1773</v>
       </c>
       <c r="B1656" s="3311" t="s">
-        <v>1770</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="1657">
       <c r="A1657" s="3312" t="s">
-        <v>1769</v>
+        <v>1773</v>
       </c>
       <c r="B1657" s="3313" t="s">
-        <v>1771</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="1658">
       <c r="A1658" s="3314" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="B1658" s="3315" t="s">
-        <v>1773</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="1659">
       <c r="A1659" s="3316" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="B1659" s="3317" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="1660">
       <c r="A1660" s="3318" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="B1660" s="3319" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="1661">
       <c r="A1661" s="3320" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="B1661" s="3321" t="s">
-        <v>1776</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="1662">
       <c r="A1662" s="3322" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="B1662" s="3323" t="s">
-        <v>1777</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="1663">
       <c r="A1663" s="3324" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="B1663" s="3325" t="s">
-        <v>1778</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="1664">
       <c r="A1664" s="3326" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="B1664" s="3327" t="s">
-        <v>1779</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="1665">
       <c r="A1665" s="3328" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="B1665" s="3329" t="s">
-        <v>1780</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="1666">
       <c r="A1666" s="3330" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="B1666" s="3331" t="s">
-        <v>1781</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="1667">
       <c r="A1667" s="3332" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="B1667" s="3333" t="s">
-        <v>1782</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="1668">
       <c r="A1668" s="3334" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="B1668" s="3335" t="s">
-        <v>1783</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="1669">
       <c r="A1669" s="3336" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="B1669" s="3337" t="s">
-        <v>1784</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="1670">
       <c r="A1670" s="3338" t="s">
-        <v>1785</v>
+        <v>1788</v>
       </c>
       <c r="B1670" s="3339" t="s">
-        <v>1786</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="1671">
       <c r="A1671" s="3340" t="s">
-        <v>1785</v>
+        <v>1788</v>
       </c>
       <c r="B1671" s="3341" t="s">
-        <v>1787</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="1672">
       <c r="A1672" s="3342" t="s">
-        <v>1785</v>
+        <v>1788</v>
       </c>
       <c r="B1672" s="3343" t="s">
-        <v>1788</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="1673">
       <c r="A1673" s="3344" t="s">
-        <v>1785</v>
+        <v>1788</v>
       </c>
       <c r="B1673" s="3345" t="s">
-        <v>1789</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="1674">
       <c r="A1674" s="3346" t="s">
-        <v>1785</v>
+        <v>1788</v>
       </c>
       <c r="B1674" s="3347" t="s">
-        <v>1790</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="1675">
       <c r="A1675" s="3348" t="s">
-        <v>1785</v>
+        <v>1794</v>
       </c>
       <c r="B1675" s="3349" t="s">
-        <v>1791</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="1676">
       <c r="A1676" s="3350" t="s">
-        <v>1785</v>
+        <v>1794</v>
       </c>
       <c r="B1676" s="3351" t="s">
-        <v>1792</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="1677">
       <c r="A1677" s="3352" t="s">
-        <v>1785</v>
+        <v>1794</v>
       </c>
       <c r="B1677" s="3353" t="s">
-        <v>1793</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="1678">
       <c r="A1678" s="3354" t="s">
-        <v>1785</v>
+        <v>1794</v>
       </c>
       <c r="B1678" s="3355" t="s">
-        <v>1794</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="1679">
       <c r="A1679" s="3356" t="s">
-        <v>1785</v>
+        <v>1794</v>
       </c>
       <c r="B1679" s="3357" t="s">
-        <v>1795</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="1680">
       <c r="A1680" s="3358" t="s">
-        <v>1796</v>
+        <v>1794</v>
       </c>
       <c r="B1680" s="3359" t="s">
-        <v>1797</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="1681">
       <c r="A1681" s="3360" t="s">
-        <v>1796</v>
+        <v>1794</v>
       </c>
       <c r="B1681" s="3361" t="s">
-        <v>1798</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="1682">
       <c r="A1682" s="3362" t="s">
-        <v>1796</v>
+        <v>1794</v>
       </c>
       <c r="B1682" s="3363" t="s">
-        <v>1799</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="1683">
       <c r="A1683" s="3364" t="s">
-        <v>1796</v>
+        <v>1794</v>
       </c>
       <c r="B1683" s="3365" t="s">
-        <v>1800</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="1684">
       <c r="A1684" s="3366" t="s">
-        <v>1796</v>
+        <v>1794</v>
       </c>
       <c r="B1684" s="3367" t="s">
-        <v>1801</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="1685">
       <c r="A1685" s="3368" t="s">
-        <v>1796</v>
+        <v>1794</v>
       </c>
       <c r="B1685" s="3369" t="s">
-        <v>1802</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="1686">
       <c r="A1686" s="3370" t="s">
-        <v>1796</v>
+        <v>1794</v>
       </c>
       <c r="B1686" s="3371" t="s">
-        <v>1803</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="1687">
       <c r="A1687" s="3372" t="s">
-        <v>1796</v>
+        <v>1794</v>
       </c>
       <c r="B1687" s="3373" t="s">
-        <v>1804</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="1688">
       <c r="A1688" s="3374" t="s">
-        <v>1796</v>
+        <v>1794</v>
       </c>
       <c r="B1688" s="3375" t="s">
-        <v>1805</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="1689">
       <c r="A1689" s="3376" t="s">
-        <v>1796</v>
+        <v>1794</v>
       </c>
       <c r="B1689" s="3377" t="s">
-        <v>1806</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="1690">
       <c r="A1690" s="3378" t="s">
-        <v>1796</v>
+        <v>1794</v>
       </c>
       <c r="B1690" s="3379" t="s">
-        <v>1807</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="1691">
       <c r="A1691" s="3380" t="s">
-        <v>1796</v>
+        <v>1794</v>
       </c>
       <c r="B1691" s="3381" t="s">
-        <v>1808</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="1692">
       <c r="A1692" s="3382" t="s">
-        <v>1796</v>
+        <v>1794</v>
       </c>
       <c r="B1692" s="3383" t="s">
-        <v>1809</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="1693">
       <c r="A1693" s="3384" t="s">
-        <v>1810</v>
+        <v>1794</v>
       </c>
       <c r="B1693" s="3385" t="s">
-        <v>1811</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="1694">
       <c r="A1694" s="3386" t="s">
-        <v>1810</v>
+        <v>1794</v>
       </c>
       <c r="B1694" s="3387" t="s">
-        <v>1812</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="1695">
       <c r="A1695" s="3388" t="s">
-        <v>1810</v>
+        <v>1794</v>
       </c>
       <c r="B1695" s="3389" t="s">
-        <v>1813</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="1696">
       <c r="A1696" s="3390" t="s">
-        <v>1810</v>
+        <v>1794</v>
       </c>
       <c r="B1696" s="3391" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="1697">
       <c r="A1697" s="3392" t="s">
-        <v>1815</v>
+        <v>1794</v>
       </c>
       <c r="B1697" s="3393" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="1698">
       <c r="A1698" s="3394" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="B1698" s="3395" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="1699">
       <c r="A1699" s="3396" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="B1699" s="3397" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="1700">
       <c r="A1700" s="3398" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="B1700" s="3399" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="1701">
       <c r="A1701" s="3400" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="B1701" s="3401" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="1702">
       <c r="A1702" s="3402" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="B1702" s="3403" t="s">
-        <v>107</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="1703">
       <c r="A1703" s="3404" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="B1703" s="3405" t="s">
-        <v>108</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="1704">
       <c r="A1704" s="3406" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="B1704" s="3407" t="s">
-        <v>109</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="1705">
       <c r="A1705" s="3408" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="B1705" s="3409" t="s">
-        <v>110</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="1706">
       <c r="A1706" s="3410" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="B1706" s="3411" t="s">
-        <v>111</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="1707">
       <c r="A1707" s="3412" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="B1707" s="3413" t="s">
-        <v>1821</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="1708">
       <c r="A1708" s="3414" t="s">
-        <v>1822</v>
+        <v>1818</v>
       </c>
       <c r="B1708" s="3415" t="s">
-        <v>1823</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="1709">
       <c r="A1709" s="3416" t="s">
-        <v>1824</v>
+        <v>1818</v>
       </c>
       <c r="B1709" s="3417" t="s">
-        <v>1825</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="1710">
       <c r="A1710" s="3418" t="s">
-        <v>1824</v>
+        <v>1818</v>
       </c>
       <c r="B1710" s="3419" t="s">
-        <v>1826</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="1711">
       <c r="A1711" s="3420" t="s">
-        <v>1824</v>
+        <v>1818</v>
       </c>
       <c r="B1711" s="3421" t="s">
-        <v>1827</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="1712">
       <c r="A1712" s="3422" t="s">
-        <v>1824</v>
+        <v>1818</v>
       </c>
       <c r="B1712" s="3423" t="s">
-        <v>1828</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="1713">
       <c r="A1713" s="3424" t="s">
-        <v>1824</v>
+        <v>1818</v>
       </c>
       <c r="B1713" s="3425" t="s">
-        <v>1829</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="1714">
       <c r="A1714" s="3426" t="s">
-        <v>1824</v>
+        <v>1818</v>
       </c>
       <c r="B1714" s="3427" t="s">
-        <v>1830</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="1715">
       <c r="A1715" s="3428" t="s">
-        <v>1824</v>
+        <v>1818</v>
       </c>
       <c r="B1715" s="3429" t="s">
-        <v>1831</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="1716">
       <c r="A1716" s="3430" t="s">
-        <v>1824</v>
+        <v>1818</v>
       </c>
       <c r="B1716" s="3431" t="s">
-        <v>1832</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="1717">
       <c r="A1717" s="3432" t="s">
-        <v>1824</v>
+        <v>1818</v>
       </c>
       <c r="B1717" s="3433" t="s">
-        <v>1833</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="1718">
       <c r="A1718" s="3434" t="s">
-        <v>1824</v>
+        <v>1818</v>
       </c>
       <c r="B1718" s="3435" t="s">
-        <v>1834</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="1719">
       <c r="A1719" s="3436" t="s">
-        <v>1824</v>
+        <v>1840</v>
       </c>
       <c r="B1719" s="3437" t="s">
-        <v>1835</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="1720">
       <c r="A1720" s="3438" t="s">
-        <v>1824</v>
+        <v>1840</v>
       </c>
       <c r="B1720" s="3439" t="s">
-        <v>1836</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="1721">
       <c r="A1721" s="3440" t="s">
-        <v>1824</v>
+        <v>1840</v>
       </c>
       <c r="B1721" s="3441" t="s">
-        <v>1837</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="1722">
       <c r="A1722" s="3442" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="B1722" s="3443" t="s">
-        <v>1839</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="1723">
       <c r="A1723" s="3444" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="B1723" s="3445" t="s">
-        <v>1840</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="1724">
       <c r="A1724" s="3446" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="B1724" s="3447" t="s">
-        <v>1841</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="1725">
       <c r="A1725" s="3448" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="B1725" s="3449" t="s">
-        <v>1842</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="1726">
       <c r="A1726" s="3450" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="B1726" s="3451" t="s">
-        <v>1843</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="1727">
       <c r="A1727" s="3452" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="B1727" s="3453" t="s">
-        <v>1844</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="1728">
       <c r="A1728" s="3454" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="B1728" s="3455" t="s">
-        <v>1845</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="1729">
       <c r="A1729" s="3456" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="B1729" s="3457" t="s">
-        <v>1846</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="1730">
       <c r="A1730" s="3458" t="s">
-        <v>1847</v>
+        <v>1840</v>
       </c>
       <c r="B1730" s="3459" t="s">
-        <v>1848</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="1731">
       <c r="A1731" s="3460" t="s">
-        <v>1847</v>
+        <v>1840</v>
       </c>
       <c r="B1731" s="3461" t="s">
-        <v>1849</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="1732">
       <c r="A1732" s="3462" t="s">
-        <v>1847</v>
+        <v>1840</v>
       </c>
       <c r="B1732" s="3463" t="s">
-        <v>1850</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="1733">
       <c r="A1733" s="3464" t="s">
-        <v>1847</v>
+        <v>1840</v>
       </c>
       <c r="B1733" s="3465" t="s">
-        <v>1851</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="1734">
       <c r="A1734" s="3466" t="s">
-        <v>1847</v>
+        <v>1840</v>
       </c>
       <c r="B1734" s="3467" t="s">
-        <v>1852</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="1735">
       <c r="A1735" s="3468" t="s">
-        <v>1853</v>
+        <v>1840</v>
       </c>
       <c r="B1735" s="3469" t="s">
-        <v>1854</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="1736">
       <c r="A1736" s="3470" t="s">
-        <v>1853</v>
+        <v>1840</v>
       </c>
       <c r="B1736" s="3471" t="s">
-        <v>1855</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="1737">
       <c r="A1737" s="3472" t="s">
-        <v>1853</v>
+        <v>1840</v>
       </c>
       <c r="B1737" s="3473" t="s">
-        <v>1856</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="1738">
       <c r="A1738" s="3474" t="s">
-        <v>1853</v>
+        <v>1840</v>
       </c>
       <c r="B1738" s="3475" t="s">
-        <v>1857</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="1739">
       <c r="A1739" s="3476" t="s">
-        <v>1853</v>
+        <v>1840</v>
       </c>
       <c r="B1739" s="3477" t="s">
-        <v>1858</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="1740">
       <c r="A1740" s="3478" t="s">
-        <v>1853</v>
+        <v>1862</v>
       </c>
       <c r="B1740" s="3479" t="s">
-        <v>1859</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="1741">
       <c r="A1741" s="3480" t="s">
-        <v>1853</v>
+        <v>1862</v>
       </c>
       <c r="B1741" s="3481" t="s">
-        <v>1860</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="1742">
       <c r="A1742" s="3482" t="s">
-        <v>1853</v>
+        <v>1862</v>
       </c>
       <c r="B1742" s="3483" t="s">
-        <v>1861</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="1743">
       <c r="A1743" s="3484" t="s">
-        <v>1853</v>
+        <v>1862</v>
       </c>
       <c r="B1743" s="3485" t="s">
-        <v>1862</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="1744">
       <c r="A1744" s="3486" t="s">
-        <v>1853</v>
+        <v>1862</v>
       </c>
       <c r="B1744" s="3487" t="s">
-        <v>1863</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="1745">
       <c r="A1745" s="3488" t="s">
-        <v>1853</v>
+        <v>1868</v>
       </c>
       <c r="B1745" s="3489" t="s">
-        <v>1864</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="1746">
       <c r="A1746" s="3490" t="s">
-        <v>1853</v>
+        <v>1868</v>
       </c>
       <c r="B1746" s="3491" t="s">
-        <v>1865</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="1747">
       <c r="A1747" s="3492" t="s">
-        <v>1853</v>
+        <v>1871</v>
       </c>
       <c r="B1747" s="3493" t="s">
-        <v>1866</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="1748">
       <c r="A1748" s="3494" t="s">
-        <v>1853</v>
+        <v>1871</v>
       </c>
       <c r="B1748" s="3495" t="s">
-        <v>1867</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="1749">
       <c r="A1749" s="3496" t="s">
-        <v>1853</v>
+        <v>1871</v>
       </c>
       <c r="B1749" s="3497" t="s">
-        <v>1868</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="1750">
       <c r="A1750" s="3498" t="s">
-        <v>1853</v>
+        <v>1871</v>
       </c>
       <c r="B1750" s="3499" t="s">
-        <v>1869</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="1751">
       <c r="A1751" s="3500" t="s">
-        <v>1853</v>
+        <v>1871</v>
       </c>
       <c r="B1751" s="3501" t="s">
-        <v>1870</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="1752">
       <c r="A1752" s="3502" t="s">
-        <v>1853</v>
+        <v>1871</v>
       </c>
       <c r="B1752" s="3503" t="s">
-        <v>1871</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="1753">
       <c r="A1753" s="3504" t="s">
-        <v>1872</v>
+        <v>1871</v>
       </c>
       <c r="B1753" s="3505" t="s">
-        <v>1873</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="1754">
       <c r="A1754" s="3506" t="s">
-        <v>1872</v>
+        <v>1871</v>
       </c>
       <c r="B1754" s="3507" t="s">
-        <v>1874</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="1755">
       <c r="A1755" s="3508" t="s">
-        <v>1872</v>
+        <v>1871</v>
       </c>
       <c r="B1755" s="3509" t="s">
-        <v>1875</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="1756">
       <c r="A1756" s="3510" t="s">
-        <v>1872</v>
+        <v>1871</v>
       </c>
       <c r="B1756" s="3511" t="s">
-        <v>1876</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="1757">
       <c r="A1757" s="3512" t="s">
-        <v>1872</v>
+        <v>1871</v>
       </c>
       <c r="B1757" s="3513" t="s">
-        <v>1877</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="1758">
       <c r="A1758" s="3514" t="s">
-        <v>1872</v>
+        <v>1871</v>
       </c>
       <c r="B1758" s="3515" t="s">
-        <v>1878</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="1759">
       <c r="A1759" s="3516" t="s">
-        <v>1872</v>
+        <v>1884</v>
       </c>
       <c r="B1759" s="3517" t="s">
-        <v>1879</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="1760">
       <c r="A1760" s="3518" t="s">
-        <v>1872</v>
+        <v>1884</v>
       </c>
       <c r="B1760" s="3519" t="s">
-        <v>1880</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="1761">
       <c r="A1761" s="3520" t="s">
-        <v>1872</v>
+        <v>1884</v>
       </c>
       <c r="B1761" s="3521" t="s">
-        <v>1881</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="1762">
       <c r="A1762" s="3522" t="s">
-        <v>1872</v>
+        <v>1884</v>
       </c>
       <c r="B1762" s="3523" t="s">
-        <v>1882</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="1763">
       <c r="A1763" s="3524" t="s">
-        <v>1872</v>
+        <v>1884</v>
       </c>
       <c r="B1763" s="3525" t="s">
-        <v>1883</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="1764">
       <c r="A1764" s="3526" t="s">
-        <v>1872</v>
+        <v>1884</v>
       </c>
       <c r="B1764" s="3527" t="s">
-        <v>1884</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="1765">
       <c r="A1765" s="3528" t="s">
-        <v>1872</v>
+        <v>1884</v>
       </c>
       <c r="B1765" s="3529" t="s">
-        <v>1885</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="1766">
       <c r="A1766" s="3530" t="s">
-        <v>1872</v>
+        <v>1884</v>
       </c>
       <c r="B1766" s="3531" t="s">
-        <v>1886</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="1767">
       <c r="A1767" s="3532" t="s">
-        <v>1872</v>
+        <v>1884</v>
       </c>
       <c r="B1767" s="3533" t="s">
-        <v>1887</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="1768">
       <c r="A1768" s="3534" t="s">
-        <v>1872</v>
+        <v>1884</v>
       </c>
       <c r="B1768" s="3535" t="s">
-        <v>1888</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="1769">
       <c r="A1769" s="3536" t="s">
-        <v>1872</v>
+        <v>1895</v>
       </c>
       <c r="B1769" s="3537" t="s">
-        <v>1889</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="1770">
       <c r="A1770" s="3538" t="s">
-        <v>1872</v>
+        <v>1895</v>
       </c>
       <c r="B1770" s="3539" t="s">
-        <v>1890</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="1771">
       <c r="A1771" s="3540" t="s">
-        <v>1872</v>
+        <v>1895</v>
       </c>
       <c r="B1771" s="3541" t="s">
-        <v>1891</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="1772">
       <c r="A1772" s="3542" t="s">
-        <v>1872</v>
+        <v>1895</v>
       </c>
       <c r="B1772" s="3543" t="s">
-        <v>1892</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="1773">
       <c r="A1773" s="3544" t="s">
-        <v>1872</v>
+        <v>1895</v>
       </c>
       <c r="B1773" s="3545" t="s">
-        <v>1893</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="1774">
       <c r="A1774" s="3546" t="s">
-        <v>1872</v>
+        <v>1895</v>
       </c>
       <c r="B1774" s="3547" t="s">
-        <v>1894</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="1775">
       <c r="A1775" s="3548" t="s">
-        <v>1872</v>
+        <v>1895</v>
       </c>
       <c r="B1775" s="3549" t="s">
-        <v>1895</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="1776">
       <c r="A1776" s="3550" t="s">
-        <v>1872</v>
+        <v>1895</v>
       </c>
       <c r="B1776" s="3551" t="s">
-        <v>1896</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="1777">
       <c r="A1777" s="3552" t="s">
-        <v>1872</v>
+        <v>1895</v>
       </c>
       <c r="B1777" s="3553" t="s">
-        <v>1897</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="1778">
       <c r="A1778" s="3554" t="s">
-        <v>1872</v>
+        <v>1895</v>
       </c>
       <c r="B1778" s="3555" t="s">
-        <v>1898</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="1779">
       <c r="A1779" s="3556" t="s">
-        <v>1872</v>
+        <v>1895</v>
       </c>
       <c r="B1779" s="3557" t="s">
-        <v>1899</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="1780">
       <c r="A1780" s="3558" t="s">
-        <v>1900</v>
+        <v>1895</v>
       </c>
       <c r="B1780" s="3559" t="s">
-        <v>1901</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="1781">
       <c r="A1781" s="3560" t="s">
-        <v>1900</v>
+        <v>1895</v>
       </c>
       <c r="B1781" s="3561" t="s">
-        <v>1902</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="1782">
       <c r="A1782" s="3562" t="s">
-        <v>1903</v>
+        <v>1909</v>
       </c>
       <c r="B1782" s="3563" t="s">
-        <v>1904</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="1783">
       <c r="A1783" s="3564" t="s">
-        <v>1905</v>
+        <v>1909</v>
       </c>
       <c r="B1783" s="3565" t="s">
-        <v>1906</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="1784">
       <c r="A1784" s="3566" t="s">
-        <v>1905</v>
+        <v>1909</v>
       </c>
       <c r="B1784" s="3567" t="s">
-        <v>1907</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="1785">
       <c r="A1785" s="3568" t="s">
-        <v>1905</v>
+        <v>1909</v>
       </c>
       <c r="B1785" s="3569" t="s">
-        <v>1908</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="1786">
       <c r="A1786" s="3570" t="s">
-        <v>1905</v>
+        <v>1914</v>
       </c>
       <c r="B1786" s="3571" t="s">
-        <v>1909</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="1787">
       <c r="A1787" s="3572" t="s">
-        <v>1905</v>
+        <v>1914</v>
       </c>
       <c r="B1787" s="3573" t="s">
-        <v>1910</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="1788">
       <c r="A1788" s="3574" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="B1788" s="3575" t="s">
-        <v>1912</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="1789">
       <c r="A1789" s="3576" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="B1789" s="3577" t="s">
-        <v>1913</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="1790">
       <c r="A1790" s="3578" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="B1790" s="3579" t="s">
-        <v>1914</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="1791">
       <c r="A1791" s="3580" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="B1791" s="3581" t="s">
-        <v>1915</v>
+        <v>107</v>
       </c>
     </row>
     <row r="1792">
       <c r="A1792" s="3582" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="B1792" s="3583" t="s">
-        <v>1916</v>
+        <v>108</v>
       </c>
     </row>
     <row r="1793">
       <c r="A1793" s="3584" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="B1793" s="3585" t="s">
-        <v>1917</v>
+        <v>109</v>
       </c>
     </row>
     <row r="1794">
       <c r="A1794" s="3586" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="B1794" s="3587" t="s">
-        <v>1918</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1795">
       <c r="A1795" s="3588" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="B1795" s="3589" t="s">
-        <v>1919</v>
+        <v>111</v>
       </c>
     </row>
     <row r="1796">
       <c r="A1796" s="3590" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="B1796" s="3591" t="s">
         <v>1920</v>
       </c>
     </row>
     <row r="1797">
       <c r="A1797" s="3592" t="s">
-        <v>1911</v>
+        <v>1921</v>
       </c>
       <c r="B1797" s="3593" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="1798">
       <c r="A1798" s="3594" t="s">
-        <v>1911</v>
+        <v>1923</v>
       </c>
       <c r="B1798" s="3595" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="1799">
       <c r="A1799" s="3596" t="s">
-        <v>1911</v>
+        <v>1923</v>
       </c>
       <c r="B1799" s="3597" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="1800">
       <c r="A1800" s="3598" t="s">
-        <v>1911</v>
+        <v>1923</v>
       </c>
       <c r="B1800" s="3599" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="1801">
       <c r="A1801" s="3600" t="s">
-        <v>1911</v>
+        <v>1923</v>
       </c>
       <c r="B1801" s="3601" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="1802">
       <c r="A1802" s="3602" t="s">
-        <v>1911</v>
+        <v>1923</v>
       </c>
       <c r="B1802" s="3603" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="1803">
       <c r="A1803" s="3604" t="s">
-        <v>1911</v>
+        <v>1923</v>
       </c>
       <c r="B1803" s="3605" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="1804">
       <c r="A1804" s="3606" t="s">
-        <v>1911</v>
+        <v>1923</v>
       </c>
       <c r="B1804" s="3607" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="1805">
       <c r="A1805" s="3608" t="s">
-        <v>1911</v>
+        <v>1923</v>
       </c>
       <c r="B1805" s="3609" t="s">
-        <v>1929</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="1806">
       <c r="A1806" s="3610" t="s">
-        <v>1911</v>
+        <v>1923</v>
       </c>
       <c r="B1806" s="3611" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="1807">
       <c r="A1807" s="3612" t="s">
-        <v>1911</v>
+        <v>1923</v>
       </c>
       <c r="B1807" s="3613" t="s">
-        <v>1931</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="1808">
       <c r="A1808" s="3614" t="s">
-        <v>1911</v>
+        <v>1923</v>
       </c>
       <c r="B1808" s="3615" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="1809">
       <c r="A1809" s="3616" t="s">
-        <v>1911</v>
+        <v>1923</v>
       </c>
       <c r="B1809" s="3617" t="s">
-        <v>1933</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="1810">
       <c r="A1810" s="3618" t="s">
-        <v>1911</v>
+        <v>1923</v>
       </c>
       <c r="B1810" s="3619" t="s">
-        <v>1934</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="1811">
       <c r="A1811" s="3620" t="s">
-        <v>1911</v>
+        <v>1937</v>
       </c>
       <c r="B1811" s="3621" t="s">
-        <v>1935</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="1812">
       <c r="A1812" s="3622" t="s">
-        <v>1911</v>
+        <v>1937</v>
       </c>
       <c r="B1812" s="3623" t="s">
-        <v>1936</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="1813">
       <c r="A1813" s="3624" t="s">
-        <v>1911</v>
+        <v>1937</v>
       </c>
       <c r="B1813" s="3625" t="s">
-        <v>1937</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="1814">
       <c r="A1814" s="3626" t="s">
-        <v>1911</v>
+        <v>1937</v>
       </c>
       <c r="B1814" s="3627" t="s">
-        <v>1938</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="1815">
       <c r="A1815" s="3628" t="s">
-        <v>1911</v>
+        <v>1937</v>
       </c>
       <c r="B1815" s="3629" t="s">
-        <v>1939</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="1816">
       <c r="A1816" s="3630" t="s">
-        <v>1911</v>
+        <v>1937</v>
       </c>
       <c r="B1816" s="3631" t="s">
-        <v>1940</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="1817">
       <c r="A1817" s="3632" t="s">
-        <v>1911</v>
+        <v>1937</v>
       </c>
       <c r="B1817" s="3633" t="s">
-        <v>1941</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="1818">
       <c r="A1818" s="3634" t="s">
-        <v>1911</v>
+        <v>1937</v>
       </c>
       <c r="B1818" s="3635" t="s">
-        <v>1942</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="1819">
       <c r="A1819" s="3636" t="s">
-        <v>1911</v>
+        <v>1946</v>
       </c>
       <c r="B1819" s="3637" t="s">
-        <v>1943</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="1820">
       <c r="A1820" s="3638" t="s">
-        <v>1911</v>
+        <v>1946</v>
       </c>
       <c r="B1820" s="3639" t="s">
-        <v>1944</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="1821">
       <c r="A1821" s="3640" t="s">
-        <v>1911</v>
+        <v>1946</v>
       </c>
       <c r="B1821" s="3641" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="1822">
       <c r="A1822" s="3642" t="s">
         <v>1946</v>
       </c>
       <c r="B1822" s="3643" t="s">
-        <v>1947</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="1823">
       <c r="A1823" s="3644" t="s">
         <v>1946</v>
       </c>
       <c r="B1823" s="3645" t="s">
-        <v>1948</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="1824">
       <c r="A1824" s="3646" t="s">
-        <v>1946</v>
+        <v>1952</v>
       </c>
       <c r="B1824" s="3647" t="s">
-        <v>1949</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="1825">
       <c r="A1825" s="3648" t="s">
-        <v>1946</v>
+        <v>1952</v>
       </c>
       <c r="B1825" s="3649" t="s">
-        <v>1950</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="1826">
       <c r="A1826" s="3650" t="s">
-        <v>1946</v>
+        <v>1952</v>
       </c>
       <c r="B1826" s="3651" t="s">
-        <v>1951</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="1827">
       <c r="A1827" s="3652" t="s">
         <v>1952</v>
       </c>
       <c r="B1827" s="3653" t="s">
-        <v>1953</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="1828">
       <c r="A1828" s="3654" t="s">
-        <v>1954</v>
+        <v>1952</v>
       </c>
       <c r="B1828" s="3655" t="s">
-        <v>1955</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="1829">
       <c r="A1829" s="3656" t="s">
-        <v>1954</v>
+        <v>1952</v>
       </c>
       <c r="B1829" s="3657" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="1830">
       <c r="A1830" s="3658" t="s">
-        <v>1954</v>
+        <v>1952</v>
       </c>
       <c r="B1830" s="3659" t="s">
-        <v>1957</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="1831">
       <c r="A1831" s="3660" t="s">
-        <v>1954</v>
+        <v>1952</v>
       </c>
       <c r="B1831" s="3661" t="s">
-        <v>1958</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="1832">
       <c r="A1832" s="3662" t="s">
-        <v>1954</v>
+        <v>1952</v>
       </c>
       <c r="B1832" s="3663" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="1833">
       <c r="A1833" s="3664" t="s">
-        <v>1954</v>
+        <v>1952</v>
       </c>
       <c r="B1833" s="3665" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="1834">
       <c r="A1834" s="3666" t="s">
-        <v>1954</v>
+        <v>1952</v>
       </c>
       <c r="B1834" s="3667" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="1835">
       <c r="A1835" s="3668" t="s">
-        <v>1954</v>
+        <v>1952</v>
       </c>
       <c r="B1835" s="3669" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="1836">
       <c r="A1836" s="3670" t="s">
-        <v>1954</v>
+        <v>1952</v>
       </c>
       <c r="B1836" s="3671" t="s">
-        <v>1963</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="1837">
       <c r="A1837" s="3672" t="s">
-        <v>1954</v>
+        <v>1952</v>
       </c>
       <c r="B1837" s="3673" t="s">
-        <v>1964</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="1838">
       <c r="A1838" s="3674" t="s">
-        <v>1954</v>
+        <v>1952</v>
       </c>
       <c r="B1838" s="3675" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="1839">
       <c r="A1839" s="3676" t="s">
-        <v>1954</v>
+        <v>1952</v>
       </c>
       <c r="B1839" s="3677" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="1840">
       <c r="A1840" s="3678" t="s">
-        <v>1967</v>
+        <v>1952</v>
       </c>
       <c r="B1840" s="3679" t="s">
-        <v>1968</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="1841">
       <c r="A1841" s="3680" t="s">
-        <v>1967</v>
+        <v>1952</v>
       </c>
       <c r="B1841" s="3681" t="s">
-        <v>1969</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="1842">
       <c r="A1842" s="3682" t="s">
-        <v>1967</v>
+        <v>1971</v>
       </c>
       <c r="B1842" s="3683" t="s">
-        <v>1970</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="1843">
       <c r="A1843" s="3684" t="s">
-        <v>1967</v>
+        <v>1971</v>
       </c>
       <c r="B1843" s="3685" t="s">
-        <v>1971</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="1844">
       <c r="A1844" s="3686" t="s">
-        <v>1967</v>
+        <v>1971</v>
       </c>
       <c r="B1844" s="3687" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="1845">
       <c r="A1845" s="3688" t="s">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="B1845" s="3689" t="s">
-        <v>1974</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="1846">
       <c r="A1846" s="3690" t="s">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="B1846" s="3691" t="s">
-        <v>1975</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="1847">
       <c r="A1847" s="3692" t="s">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="B1847" s="3693" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="1848">
       <c r="A1848" s="3694" t="s">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="B1848" s="3695" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="1849">
       <c r="A1849" s="3696" t="s">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="B1849" s="3697" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="1850">
       <c r="A1850" s="3698" t="s">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="B1850" s="3699" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="1851">
       <c r="A1851" s="3700" t="s">
-        <v>1980</v>
+        <v>1971</v>
       </c>
       <c r="B1851" s="3701" t="s">
         <v>1981</v>
       </c>
     </row>
     <row r="1852">
       <c r="A1852" s="3702" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B1852" s="3703" t="s">
         <v>1982</v>
-      </c>
-[...1 lines deleted...]
-        <v>1983</v>
       </c>
     </row>
     <row r="1853">
       <c r="A1853" s="3704" t="s">
-        <v>1982</v>
+        <v>1971</v>
       </c>
       <c r="B1853" s="3705" t="s">
-        <v>1984</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="1854">
       <c r="A1854" s="3706" t="s">
-        <v>1982</v>
+        <v>1971</v>
       </c>
       <c r="B1854" s="3707" t="s">
-        <v>1985</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="1855">
       <c r="A1855" s="3708" t="s">
-        <v>1982</v>
+        <v>1971</v>
       </c>
       <c r="B1855" s="3709" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="1856">
       <c r="A1856" s="3710" t="s">
-        <v>1982</v>
+        <v>1971</v>
       </c>
       <c r="B1856" s="3711" t="s">
-        <v>1987</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="1857">
       <c r="A1857" s="3712" t="s">
-        <v>1982</v>
+        <v>1971</v>
       </c>
       <c r="B1857" s="3713" t="s">
-        <v>1988</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="1858">
       <c r="A1858" s="3714" t="s">
-        <v>1982</v>
+        <v>1971</v>
       </c>
       <c r="B1858" s="3715" t="s">
-        <v>1989</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="1859">
       <c r="A1859" s="3716" t="s">
-        <v>1982</v>
+        <v>1971</v>
       </c>
       <c r="B1859" s="3717" t="s">
-        <v>1990</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="1860">
       <c r="A1860" s="3718" t="s">
-        <v>1982</v>
+        <v>1971</v>
       </c>
       <c r="B1860" s="3719" t="s">
-        <v>1991</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="1861">
       <c r="A1861" s="3720" t="s">
-        <v>1992</v>
+        <v>1971</v>
       </c>
       <c r="B1861" s="3721" t="s">
-        <v>1993</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="1862">
       <c r="A1862" s="3722" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B1862" s="3723" t="s">
         <v>1992</v>
-      </c>
-[...1 lines deleted...]
-        <v>1994</v>
       </c>
     </row>
     <row r="1863">
       <c r="A1863" s="3724" t="s">
-        <v>1995</v>
+        <v>1971</v>
       </c>
       <c r="B1863" s="3725" t="s">
-        <v>1996</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="1864">
       <c r="A1864" s="3726" t="s">
-        <v>1995</v>
+        <v>1971</v>
       </c>
       <c r="B1864" s="3727" t="s">
-        <v>1997</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="1865">
       <c r="A1865" s="3728" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B1865" s="3729" t="s">
         <v>1995</v>
-      </c>
-[...1 lines deleted...]
-        <v>1998</v>
       </c>
     </row>
     <row r="1866">
       <c r="A1866" s="3730" t="s">
-        <v>1995</v>
+        <v>1971</v>
       </c>
       <c r="B1866" s="3731" t="s">
-        <v>1999</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="1867">
       <c r="A1867" s="3732" t="s">
-        <v>1995</v>
+        <v>1971</v>
       </c>
       <c r="B1867" s="3733" t="s">
-        <v>2000</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="1868">
       <c r="A1868" s="3734" t="s">
-        <v>1995</v>
+        <v>1971</v>
       </c>
       <c r="B1868" s="3735" t="s">
-        <v>2001</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="1869">
       <c r="A1869" s="3736" t="s">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="B1869" s="3737" t="s">
-        <v>2002</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="1870">
       <c r="A1870" s="3738" t="s">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="B1870" s="3739" t="s">
-        <v>2003</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="1871">
       <c r="A1871" s="3740" t="s">
-        <v>1995</v>
+        <v>2002</v>
       </c>
       <c r="B1871" s="3741" t="s">
-        <v>2004</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="1872">
       <c r="A1872" s="3742" t="s">
-        <v>1995</v>
+        <v>2004</v>
       </c>
       <c r="B1872" s="3743" t="s">
         <v>2005</v>
       </c>
     </row>
     <row r="1873">
       <c r="A1873" s="3744" t="s">
-        <v>1995</v>
+        <v>2004</v>
       </c>
       <c r="B1873" s="3745" t="s">
         <v>2006</v>
       </c>
     </row>
     <row r="1874">
       <c r="A1874" s="3746" t="s">
-        <v>1995</v>
+        <v>2004</v>
       </c>
       <c r="B1874" s="3747" t="s">
         <v>2007</v>
       </c>
     </row>
     <row r="1875">
       <c r="A1875" s="3748" t="s">
-        <v>1995</v>
+        <v>2004</v>
       </c>
       <c r="B1875" s="3749" t="s">
         <v>2008</v>
       </c>
     </row>
     <row r="1876">
       <c r="A1876" s="3750" t="s">
+        <v>2004</v>
+      </c>
+      <c r="B1876" s="3751" t="s">
         <v>2009</v>
-      </c>
-[...1 lines deleted...]
-        <v>2010</v>
       </c>
     </row>
     <row r="1877">
       <c r="A1877" s="3752" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B1877" s="3753" t="s">
         <v>2011</v>
       </c>
     </row>
     <row r="1878">
       <c r="A1878" s="3754" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B1878" s="3755" t="s">
         <v>2012</v>
       </c>
     </row>
     <row r="1879">
       <c r="A1879" s="3756" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B1879" s="3757" t="s">
         <v>2013</v>
       </c>
     </row>
     <row r="1880">
       <c r="A1880" s="3758" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B1880" s="3759" t="s">
         <v>2014</v>
       </c>
     </row>
     <row r="1881">
       <c r="A1881" s="3760" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B1881" s="3761" t="s">
         <v>2015</v>
       </c>
     </row>
     <row r="1882">
       <c r="A1882" s="3762" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B1882" s="3763" t="s">
         <v>2016</v>
       </c>
     </row>
     <row r="1883">
       <c r="A1883" s="3764" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B1883" s="3765" t="s">
         <v>2017</v>
       </c>
     </row>
     <row r="1884">
       <c r="A1884" s="3766" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B1884" s="3767" t="s">
         <v>2018</v>
-      </c>
-[...1 lines deleted...]
-        <v>2019</v>
       </c>
     </row>
     <row r="1885">
       <c r="A1885" s="3768" t="s">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="B1885" s="3769" t="s">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="1886">
       <c r="A1886" s="3770" t="s">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="B1886" s="3771" t="s">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="1887">
       <c r="A1887" s="3772" t="s">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="B1887" s="3773" t="s">
-        <v>2022</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="1888">
       <c r="A1888" s="3774" t="s">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="B1888" s="3775" t="s">
-        <v>2023</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="1889">
       <c r="A1889" s="3776" t="s">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="B1889" s="3777" t="s">
-        <v>2025</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="1890">
       <c r="A1890" s="3778" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B1890" s="3779" t="s">
         <v>2024</v>
-      </c>
-[...1 lines deleted...]
-        <v>2026</v>
       </c>
     </row>
     <row r="1891">
       <c r="A1891" s="3780" t="s">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="B1891" s="3781" t="s">
-        <v>2027</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="1892">
       <c r="A1892" s="3782" t="s">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="B1892" s="3783" t="s">
-        <v>2028</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="1893">
       <c r="A1893" s="3784" t="s">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="B1893" s="3785" t="s">
-        <v>2029</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="1894">
       <c r="A1894" s="3786" t="s">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="B1894" s="3787" t="s">
-        <v>2030</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="1895">
       <c r="A1895" s="3788" t="s">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="B1895" s="3789" t="s">
-        <v>2031</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="1896">
       <c r="A1896" s="3790" t="s">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="B1896" s="3791" t="s">
-        <v>2032</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="1897">
       <c r="A1897" s="3792" t="s">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="B1897" s="3793" t="s">
-        <v>2033</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="1898">
       <c r="A1898" s="3794" t="s">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="B1898" s="3795" t="s">
-        <v>2034</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="1899">
       <c r="A1899" s="3796" t="s">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="B1899" s="3797" t="s">
-        <v>2035</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="1900">
       <c r="A1900" s="3798" t="s">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="B1900" s="3799" t="s">
-        <v>2036</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="1901">
       <c r="A1901" s="3800" t="s">
-        <v>2037</v>
+        <v>2010</v>
       </c>
       <c r="B1901" s="3801" t="s">
-        <v>2038</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="1902">
       <c r="A1902" s="3802" t="s">
-        <v>2037</v>
+        <v>2010</v>
       </c>
       <c r="B1902" s="3803" t="s">
-        <v>2039</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="1903">
       <c r="A1903" s="3804" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B1903" s="3805" t="s">
         <v>2037</v>
-      </c>
-[...1 lines deleted...]
-        <v>2040</v>
       </c>
     </row>
     <row r="1904">
       <c r="A1904" s="3806" t="s">
-        <v>2037</v>
+        <v>2010</v>
       </c>
       <c r="B1904" s="3807" t="s">
-        <v>2041</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="1905">
       <c r="A1905" s="3808" t="s">
-        <v>2037</v>
+        <v>2010</v>
       </c>
       <c r="B1905" s="3809" t="s">
-        <v>2042</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="1906">
       <c r="A1906" s="3810" t="s">
-        <v>2037</v>
+        <v>2010</v>
       </c>
       <c r="B1906" s="3811" t="s">
-        <v>2043</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="1907">
       <c r="A1907" s="3812" t="s">
-        <v>2037</v>
+        <v>2010</v>
       </c>
       <c r="B1907" s="3813" t="s">
-        <v>2044</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="1908">
       <c r="A1908" s="3814" t="s">
-        <v>2037</v>
+        <v>2010</v>
       </c>
       <c r="B1908" s="3815" t="s">
-        <v>2045</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="1909">
       <c r="A1909" s="3816" t="s">
-        <v>2037</v>
+        <v>2010</v>
       </c>
       <c r="B1909" s="3817" t="s">
-        <v>2046</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="1910">
       <c r="A1910" s="3818" t="s">
-        <v>2037</v>
+        <v>2010</v>
       </c>
       <c r="B1910" s="3819" t="s">
-        <v>2047</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="1911">
       <c r="A1911" s="3820" t="s">
-        <v>2037</v>
+        <v>2045</v>
       </c>
       <c r="B1911" s="3821" t="s">
-        <v>2048</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="1912">
       <c r="A1912" s="3822" t="s">
-        <v>2037</v>
+        <v>2045</v>
       </c>
       <c r="B1912" s="3823" t="s">
-        <v>2049</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="1913">
       <c r="A1913" s="3824" t="s">
-        <v>2050</v>
+        <v>2045</v>
       </c>
       <c r="B1913" s="3825" t="s">
-        <v>2051</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="1914">
       <c r="A1914" s="3826" t="s">
-        <v>2050</v>
+        <v>2045</v>
       </c>
       <c r="B1914" s="3827" t="s">
-        <v>2052</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="1915">
       <c r="A1915" s="3828" t="s">
+        <v>2045</v>
+      </c>
+      <c r="B1915" s="3829" t="s">
         <v>2050</v>
-      </c>
-[...1 lines deleted...]
-        <v>2053</v>
       </c>
     </row>
     <row r="1916">
       <c r="A1916" s="3830" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
       <c r="B1916" s="3831" t="s">
-        <v>2054</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="1917">
       <c r="A1917" s="3832" t="s">
-        <v>2050</v>
+        <v>2053</v>
       </c>
       <c r="B1917" s="3833" t="s">
+        <v>2054</v>
+      </c>
+    </row>
+    <row r="1918">
+      <c r="A1918" s="3834" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1918" s="3835" t="s">
         <v>2055</v>
+      </c>
+    </row>
+    <row r="1919">
+      <c r="A1919" s="3836" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1919" s="3837" t="s">
+        <v>2056</v>
+      </c>
+    </row>
+    <row r="1920">
+      <c r="A1920" s="3838" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1920" s="3839" t="s">
+        <v>2057</v>
+      </c>
+    </row>
+    <row r="1921">
+      <c r="A1921" s="3840" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1921" s="3841" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="1922">
+      <c r="A1922" s="3842" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1922" s="3843" t="s">
+        <v>2059</v>
+      </c>
+    </row>
+    <row r="1923">
+      <c r="A1923" s="3844" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1923" s="3845" t="s">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="1924">
+      <c r="A1924" s="3846" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1924" s="3847" t="s">
+        <v>2061</v>
+      </c>
+    </row>
+    <row r="1925">
+      <c r="A1925" s="3848" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1925" s="3849" t="s">
+        <v>2062</v>
+      </c>
+    </row>
+    <row r="1926">
+      <c r="A1926" s="3850" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1926" s="3851" t="s">
+        <v>2063</v>
+      </c>
+    </row>
+    <row r="1927">
+      <c r="A1927" s="3852" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1927" s="3853" t="s">
+        <v>2064</v>
+      </c>
+    </row>
+    <row r="1928">
+      <c r="A1928" s="3854" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1928" s="3855" t="s">
+        <v>2065</v>
+      </c>
+    </row>
+    <row r="1929">
+      <c r="A1929" s="3856" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1929" s="3857" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="1930">
+      <c r="A1930" s="3858" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1930" s="3859" t="s">
+        <v>2067</v>
+      </c>
+    </row>
+    <row r="1931">
+      <c r="A1931" s="3860" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1931" s="3861" t="s">
+        <v>2068</v>
+      </c>
+    </row>
+    <row r="1932">
+      <c r="A1932" s="3862" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1932" s="3863" t="s">
+        <v>2069</v>
+      </c>
+    </row>
+    <row r="1933">
+      <c r="A1933" s="3864" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1933" s="3865" t="s">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="1934">
+      <c r="A1934" s="3866" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1934" s="3867" t="s">
+        <v>2071</v>
+      </c>
+    </row>
+    <row r="1935">
+      <c r="A1935" s="3868" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1935" s="3869" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="1936">
+      <c r="A1936" s="3870" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1936" s="3871" t="s">
+        <v>2073</v>
+      </c>
+    </row>
+    <row r="1937">
+      <c r="A1937" s="3872" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1937" s="3873" t="s">
+        <v>2074</v>
+      </c>
+    </row>
+    <row r="1938">
+      <c r="A1938" s="3874" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1938" s="3875" t="s">
+        <v>2075</v>
+      </c>
+    </row>
+    <row r="1939">
+      <c r="A1939" s="3876" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B1939" s="3877" t="s">
+        <v>2076</v>
+      </c>
+    </row>
+    <row r="1940">
+      <c r="A1940" s="3878" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B1940" s="3879" t="s">
+        <v>2078</v>
+      </c>
+    </row>
+    <row r="1941">
+      <c r="A1941" s="3880" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B1941" s="3881" t="s">
+        <v>2079</v>
+      </c>
+    </row>
+    <row r="1942">
+      <c r="A1942" s="3882" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B1942" s="3883" t="s">
+        <v>2080</v>
+      </c>
+    </row>
+    <row r="1943">
+      <c r="A1943" s="3884" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B1943" s="3885" t="s">
+        <v>2081</v>
+      </c>
+    </row>
+    <row r="1944">
+      <c r="A1944" s="3886" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B1944" s="3887" t="s">
+        <v>2082</v>
+      </c>
+    </row>
+    <row r="1945">
+      <c r="A1945" s="3888" t="s">
+        <v>2083</v>
+      </c>
+      <c r="B1945" s="3889" t="s">
+        <v>2084</v>
+      </c>
+    </row>
+    <row r="1946">
+      <c r="A1946" s="3890" t="s">
+        <v>2083</v>
+      </c>
+      <c r="B1946" s="3891" t="s">
+        <v>2085</v>
+      </c>
+    </row>
+    <row r="1947">
+      <c r="A1947" s="3892" t="s">
+        <v>2083</v>
+      </c>
+      <c r="B1947" s="3893" t="s">
+        <v>2086</v>
+      </c>
+    </row>
+    <row r="1948">
+      <c r="A1948" s="3894" t="s">
+        <v>2083</v>
+      </c>
+      <c r="B1948" s="3895" t="s">
+        <v>2087</v>
+      </c>
+    </row>
+    <row r="1949">
+      <c r="A1949" s="3896" t="s">
+        <v>2083</v>
+      </c>
+      <c r="B1949" s="3897" t="s">
+        <v>2088</v>
+      </c>
+    </row>
+    <row r="1950">
+      <c r="A1950" s="3898" t="s">
+        <v>2083</v>
+      </c>
+      <c r="B1950" s="3899" t="s">
+        <v>2089</v>
+      </c>
+    </row>
+    <row r="1951">
+      <c r="A1951" s="3900" t="s">
+        <v>2090</v>
+      </c>
+      <c r="B1951" s="3901" t="s">
+        <v>2091</v>
+      </c>
+    </row>
+    <row r="1952">
+      <c r="A1952" s="3902" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B1952" s="3903" t="s">
+        <v>2093</v>
+      </c>
+    </row>
+    <row r="1953">
+      <c r="A1953" s="3904" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B1953" s="3905" t="s">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="1954">
+      <c r="A1954" s="3906" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B1954" s="3907" t="s">
+        <v>2095</v>
+      </c>
+    </row>
+    <row r="1955">
+      <c r="A1955" s="3908" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B1955" s="3909" t="s">
+        <v>2096</v>
+      </c>
+    </row>
+    <row r="1956">
+      <c r="A1956" s="3910" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B1956" s="3911" t="s">
+        <v>2097</v>
+      </c>
+    </row>
+    <row r="1957">
+      <c r="A1957" s="3912" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B1957" s="3913" t="s">
+        <v>2098</v>
+      </c>
+    </row>
+    <row r="1958">
+      <c r="A1958" s="3914" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B1958" s="3915" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="1959">
+      <c r="A1959" s="3916" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B1959" s="3917" t="s">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="1960">
+      <c r="A1960" s="3918" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B1960" s="3919" t="s">
+        <v>2101</v>
+      </c>
+    </row>
+    <row r="1961">
+      <c r="A1961" s="3920" t="s">
+        <v>2102</v>
+      </c>
+      <c r="B1961" s="3921" t="s">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="1962">
+      <c r="A1962" s="3922" t="s">
+        <v>2102</v>
+      </c>
+      <c r="B1962" s="3923" t="s">
+        <v>2104</v>
+      </c>
+    </row>
+    <row r="1963">
+      <c r="A1963" s="3924" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B1963" s="3925" t="s">
+        <v>2106</v>
+      </c>
+    </row>
+    <row r="1964">
+      <c r="A1964" s="3926" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B1964" s="3927" t="s">
+        <v>2107</v>
+      </c>
+    </row>
+    <row r="1965">
+      <c r="A1965" s="3928" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B1965" s="3929" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="1966">
+      <c r="A1966" s="3930" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B1966" s="3931" t="s">
+        <v>2109</v>
+      </c>
+    </row>
+    <row r="1967">
+      <c r="A1967" s="3932" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B1967" s="3933" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="1968">
+      <c r="A1968" s="3934" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B1968" s="3935" t="s">
+        <v>2111</v>
+      </c>
+    </row>
+    <row r="1969">
+      <c r="A1969" s="3936" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B1969" s="3937" t="s">
+        <v>2112</v>
+      </c>
+    </row>
+    <row r="1970">
+      <c r="A1970" s="3938" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B1970" s="3939" t="s">
+        <v>2113</v>
+      </c>
+    </row>
+    <row r="1971">
+      <c r="A1971" s="3940" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B1971" s="3941" t="s">
+        <v>2114</v>
+      </c>
+    </row>
+    <row r="1972">
+      <c r="A1972" s="3942" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B1972" s="3943" t="s">
+        <v>2115</v>
+      </c>
+    </row>
+    <row r="1973">
+      <c r="A1973" s="3944" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B1973" s="3945" t="s">
+        <v>2116</v>
+      </c>
+    </row>
+    <row r="1974">
+      <c r="A1974" s="3946" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B1974" s="3947" t="s">
+        <v>2117</v>
+      </c>
+    </row>
+    <row r="1975">
+      <c r="A1975" s="3948" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B1975" s="3949" t="s">
+        <v>2118</v>
+      </c>
+    </row>
+    <row r="1976">
+      <c r="A1976" s="3950" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B1976" s="3951" t="s">
+        <v>2120</v>
+      </c>
+    </row>
+    <row r="1977">
+      <c r="A1977" s="3952" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B1977" s="3953" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="1978">
+      <c r="A1978" s="3954" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B1978" s="3955" t="s">
+        <v>2122</v>
+      </c>
+    </row>
+    <row r="1979">
+      <c r="A1979" s="3956" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B1979" s="3957" t="s">
+        <v>2123</v>
+      </c>
+    </row>
+    <row r="1980">
+      <c r="A1980" s="3958" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B1980" s="3959" t="s">
+        <v>2124</v>
+      </c>
+    </row>
+    <row r="1981">
+      <c r="A1981" s="3960" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B1981" s="3961" t="s">
+        <v>2125</v>
+      </c>
+    </row>
+    <row r="1982">
+      <c r="A1982" s="3962" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B1982" s="3963" t="s">
+        <v>2126</v>
+      </c>
+    </row>
+    <row r="1983">
+      <c r="A1983" s="3964" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B1983" s="3965" t="s">
+        <v>2127</v>
+      </c>
+    </row>
+    <row r="1984">
+      <c r="A1984" s="3966" t="s">
+        <v>2128</v>
+      </c>
+      <c r="B1984" s="3967" t="s">
+        <v>2129</v>
+      </c>
+    </row>
+    <row r="1985">
+      <c r="A1985" s="3968" t="s">
+        <v>2128</v>
+      </c>
+      <c r="B1985" s="3969" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="1986">
+      <c r="A1986" s="3970" t="s">
+        <v>2128</v>
+      </c>
+      <c r="B1986" s="3971" t="s">
+        <v>2131</v>
+      </c>
+    </row>
+    <row r="1987">
+      <c r="A1987" s="3972" t="s">
+        <v>2128</v>
+      </c>
+      <c r="B1987" s="3973" t="s">
+        <v>2132</v>
+      </c>
+    </row>
+    <row r="1988">
+      <c r="A1988" s="3974" t="s">
+        <v>2128</v>
+      </c>
+      <c r="B1988" s="3975" t="s">
+        <v>2133</v>
+      </c>
+    </row>
+    <row r="1989">
+      <c r="A1989" s="3976" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B1989" s="3977" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="1990">
+      <c r="A1990" s="3978" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B1990" s="3979" t="s">
+        <v>2136</v>
+      </c>
+    </row>
+    <row r="1991">
+      <c r="A1991" s="3980" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B1991" s="3981" t="s">
+        <v>2137</v>
+      </c>
+    </row>
+    <row r="1992">
+      <c r="A1992" s="3982" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B1992" s="3983" t="s">
+        <v>2138</v>
+      </c>
+    </row>
+    <row r="1993">
+      <c r="A1993" s="3984" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B1993" s="3985" t="s">
+        <v>2139</v>
+      </c>
+    </row>
+    <row r="1994">
+      <c r="A1994" s="3986" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B1994" s="3987" t="s">
+        <v>2140</v>
+      </c>
+    </row>
+    <row r="1995">
+      <c r="A1995" s="3988" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B1995" s="3989" t="s">
+        <v>2141</v>
+      </c>
+    </row>
+    <row r="1996">
+      <c r="A1996" s="3990" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B1996" s="3991" t="s">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="1997">
+      <c r="A1997" s="3992" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B1997" s="3993" t="s">
+        <v>2143</v>
+      </c>
+    </row>
+    <row r="1998">
+      <c r="A1998" s="3994" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B1998" s="3995" t="s">
+        <v>2144</v>
+      </c>
+    </row>
+    <row r="1999">
+      <c r="A1999" s="3996" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B1999" s="3997" t="s">
+        <v>2145</v>
+      </c>
+    </row>
+    <row r="2000">
+      <c r="A2000" s="3998" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B2000" s="3999" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="2001">
+      <c r="A2001" s="4000" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B2001" s="4001" t="s">
+        <v>2148</v>
+      </c>
+    </row>
+    <row r="2002">
+      <c r="A2002" s="4002" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B2002" s="4003" t="s">
+        <v>2149</v>
+      </c>
+    </row>
+    <row r="2003">
+      <c r="A2003" s="4004" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B2003" s="4005" t="s">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="2004">
+      <c r="A2004" s="4006" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B2004" s="4007" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="2005">
+      <c r="A2005" s="4008" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B2005" s="4009" t="s">
+        <v>2152</v>
+      </c>
+    </row>
+    <row r="2006">
+      <c r="A2006" s="4010" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B2006" s="4011" t="s">
+        <v>2153</v>
+      </c>
+    </row>
+    <row r="2007">
+      <c r="A2007" s="4012" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B2007" s="4013" t="s">
+        <v>2154</v>
+      </c>
+    </row>
+    <row r="2008">
+      <c r="A2008" s="4014" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B2008" s="4015" t="s">
+        <v>2155</v>
+      </c>
+    </row>
+    <row r="2009">
+      <c r="A2009" s="4016" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B2009" s="4017" t="s">
+        <v>2156</v>
+      </c>
+    </row>
+    <row r="2010">
+      <c r="A2010" s="4018" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B2010" s="4019" t="s">
+        <v>2157</v>
+      </c>
+    </row>
+    <row r="2011">
+      <c r="A2011" s="4020" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B2011" s="4021" t="s">
+        <v>2158</v>
+      </c>
+    </row>
+    <row r="2012">
+      <c r="A2012" s="4022" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B2012" s="4023" t="s">
+        <v>2159</v>
+      </c>
+    </row>
+    <row r="2013">
+      <c r="A2013" s="4024" t="s">
+        <v>2160</v>
+      </c>
+      <c r="B2013" s="4025" t="s">
+        <v>2161</v>
+      </c>
+    </row>
+    <row r="2014">
+      <c r="A2014" s="4026" t="s">
+        <v>2160</v>
+      </c>
+      <c r="B2014" s="4027" t="s">
+        <v>2162</v>
+      </c>
+    </row>
+    <row r="2015">
+      <c r="A2015" s="4028" t="s">
+        <v>2160</v>
+      </c>
+      <c r="B2015" s="4029" t="s">
+        <v>2163</v>
+      </c>
+    </row>
+    <row r="2016">
+      <c r="A2016" s="4030" t="s">
+        <v>2160</v>
+      </c>
+      <c r="B2016" s="4031" t="s">
+        <v>2164</v>
+      </c>
+    </row>
+    <row r="2017">
+      <c r="A2017" s="4032" t="s">
+        <v>2160</v>
+      </c>
+      <c r="B2017" s="4033" t="s">
+        <v>2165</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A88419A1A9B7A94DB572CBDE2E099C2E" ma:contentTypeVersion="14" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="91970322e6c4b0200012ec20f4600efb">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1cd37d6c-dfc9-45fa-875c-a8adb54d60f2" xmlns:ns3="e6730646-b8ac-4adb-91b6-41839d9e4b2c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="192811304701440f82a6bb1e553d3360" ns2:_="" ns3:_="">